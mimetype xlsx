--- v0 (2026-01-30)
+++ v1 (2026-03-23)
@@ -51,1464 +51,1464 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14291</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14291/plc_001_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14291/plc_001_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.844, DE 05 DE DEZEMBRO DE 1997, PARA AUTORIZAR A TRANSFORMAÇÃO DA CESSÃO DE DIREITO REAL DE USO COM ENCARGOS EM DOAÇÃO, DO IMÓVEL PÚBLICO LOCALIZADO NO DISTRITO INDUSTRIAL II, DE POSSE DA EMPRESA MOCDROL HIDRÁULICA LTDA.</t>
   </si>
   <si>
     <t>14292</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14292/plc_002_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14292/plc_002_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTOS DOS TRIBUTOS MUNICIPAIS INSCRITOS EM DÍVIDA ATIVA E NÃO EXECUTADOS JUDICIALMENTE.</t>
   </si>
   <si>
     <t>14294</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14294/plc_003_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14294/plc_003_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE ÁREA PÚBLICA E AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO COM ENCARGOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14296</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14296/plc_004_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14296/plc_004_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO AO BANCO NACIONAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL - BNDES, NO VALOR DE R$ 1.250.000,00, POR MEIO DO BANCO DO BRASIL S/A, NA QUALIDADE DE MANDATÁRIO, A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14301</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14301/plc_005_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14301/plc_005_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A CORPORAÇÃO MUSICAL "FILARMÔNICA MOCOQUENSA". (VALOR DE R$ 27.000,00).</t>
   </si>
   <si>
     <t>14303</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14303/plc_006_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14303/plc_006_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA CLASSES SALARIAIS DOS CARGOS/EMPREGOS ADVOGADOS E BIBLIOTECÁRIOS (LEI 2.075/91, GRUPO OPERACIONAL TÉCNICO SUPERIOR).</t>
   </si>
   <si>
     <t>14305</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14305/plc_007_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14305/plc_007_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BENS MÓVEIS PÚBLICOS À CÂMARA MUNICIPAL DE MOCOCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14306</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14306/plc_008_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14306/plc_008_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOA POR TEMPO DETERMINADO PARA ATENDER À NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ARTIGO 99, DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14307</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14307/plc_009_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14307/plc_009_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIREITO À FALTAS ABONADAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14308</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14308/plc_010_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14308/plc_010_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AFASTAMENTO REMUNERADO DE SERVIDOR PÚBLICO MUNICIPAL PARA ASSUMIR A PRESIDÊNCIA DO SINDICATO DOS TRABALHADORES DO SERVIÇO PÚBLICO MUNICIPAL DE MOCOCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14309</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14309/plc_011_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14309/plc_011_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE BEM IMÓVEL PÚBLICO QUE ESPECIFICA POR BEM IMÓVEL PARTICULAR.</t>
   </si>
   <si>
     <t>14310</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14310/plc_012_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14310/plc_012_2002.pdf</t>
   </si>
   <si>
     <t>REVOGA A LETRA "V", DA CLÁUSULA DÉCIMA QUINTA DO ACORDO COLETIVO DE TRABALHO APROVADO PELA LEI COMPLEMENTAR N° 70, DE 02 DE MAIO DE 2001.</t>
   </si>
   <si>
     <t>14311</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14311/plc_013_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14311/plc_013_2002.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO NO ARTIGO 1° DA LEI COMPLEMENTAR N° 94, DE 10 DE ABRIL DE 2002.</t>
   </si>
   <si>
     <t>14312</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14312/plc_014_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14312/plc_014_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA O ENQUADRAMENTO DE ATIVIDADES DA TABELA PARA COBRANÇA DA TAXA DE LICENÇA RELATIVA AO COMÉRCIO EVENTUAL OU AMBULANTE, CONSTANTE NO ANEXO X, DA LEI N° 1567, DE 30 DE NOVEMBRO DE 194, COM SUAS ALTERAÇÕES; BEM COMO A ALÍQUOTA DO IMPOSTO SOBRE TRANSMISSÃO "INTER VIVOS", DISPOSTO NA LEI N° 1.812, DE 14 DE MARÇO DE 1989, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14313</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14313/plc_015_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14313/plc_015_2002.pdf</t>
   </si>
   <si>
     <t>DEFINE COMO ZONA RESIDENCIAL 1 - ZRI ÁREA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14314</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14314/plc_016_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14314/plc_016_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL PÚBLICO LOCALIZADO NO DISTRITO INDUSTRIAL II À EMPRESA METALÚRGICA INCA LTDA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14315</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14315/plc_017_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14315/plc_017_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ENTIDADES QUALIFICADOS COMO ORGANIZAÇÕES SOCIAIS - OS, A CRIAÇÃO DO PROGRAMA MUNICIPAL DE PUBLICAÇÃO E A COMISSÃO MUNICIPAL DE PUBLICIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14316</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14316/plc_018_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14316/plc_018_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO DO ESTADO DE SÃO PAULO EM FAVOR DO MUNICÍPIO, IMÓVEL LOCALIZADO NA RUA MUNIZ MUNIZ BARRETTO, 54, NA CIDADE DE MOCOCA.</t>
   </si>
   <si>
     <t>14317</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14317/plc_019_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14317/plc_019_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO DO ESTADO DE SÃO PAULO EM FAVOR DO MUNICÍPIO, IMÓVEL LOCALIZADO NA PRAÇA MARECHAL DEODORO, 66, NA CIDADE DE MOCOCA.</t>
   </si>
   <si>
     <t>14318</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14318/plc_020_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14318/plc_020_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE POSSE DE ÁREA IMÓVEL MUNICIPAL COM ÁREA IMÓVEL PARTICULAR DE PROPRIEDADE DE PEDRO OSCAR CARDOSO, NO DISTRITO DE IGARAÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14319</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14319/plc_021_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14319/plc_021_2002.pdf</t>
   </si>
   <si>
     <t>DETERMINA O REGIME PREVIDENCIÁRIO DA PREFEITURA MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>14320</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14320/plc_022_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14320/plc_022_2002.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA ÁREA VERDE MUNICIPAL EM ÁREA INSTITUCIONAL E PROMOVE A DESAFETAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>14323</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14323/plc_023_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14323/plc_023_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO POR CONCESSÃO DE DIREITO REAL DE USO COM ENCARGOS DE IMÓVEL PÚBLICO QUE ESPECIFICA A DIOCESE DE SÃO JOÃO DA BOA VISTA, POR MEIO DA PARÓQUIA DE SANTA LUZIA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14324</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14324/plc_024_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14324/plc_024_2002.pdf</t>
   </si>
   <si>
     <t>14325</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14325/plc_025_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14325/plc_025_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO POR CONCESSÃO DE DIREITO REAL DE USO, DE IMÓVEL PÚBLICO QUE ESPECIFICA A ASSOCIAÇÃO SABESP, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14326</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14326/plc_026_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14326/plc_026_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ANUÊNCIA DO PODER EXECUTIVO, EM ESCRITURA DE DOAÇÃO DE ÁREA MUNICIPAL, PARA EMPRESA KOBALTO GRANITOS LTDA, PELA LEI 2560/95, PARA A EMPRESA JOÃO ADEMAR CORREA &amp; CIA LTDA - ME.</t>
   </si>
   <si>
     <t>14327</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14327/plc_027_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14327/plc_027_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO, POR CONCESSÃO DE DIREITO REAL DE USO COM ENCARGOS, DE IMÓVEL PÚBLICO QUE ESPECIFICA À PASTORAL DA CRIANÇA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14328</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14328/plc_028_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14328/plc_028_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO, POR CONCESSÃO DE DIREITO REAL DE USO COM ENCARGOS, DE IMÓVEL PÚBLICO QUE ESPECIFICA AO MOVIMENTO ESPÍRITA CAMINHEIROS DO AMOR - MECA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14329</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14329/plc_029_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14329/plc_029_2002.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA OS DIREITOS, DEVERES E RESPONSABILIDADES DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MOCOCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14330</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14330/plc_030_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14330/plc_030_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE ÁREA DE 1.008,59M² A NL COMÉRCIO DE GÁS.</t>
   </si>
   <si>
     <t>14331</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE SOLO PRA INTERESSE TURÍSTICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14332</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14332/plc_032_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14332/plc_032_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE ÁREA DO SR. ANÍSIO MARTINS (CÓRREGO DO ARTESANATO).</t>
   </si>
   <si>
     <t>14333</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14333/plc_033_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14333/plc_033_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL PÚBLICO LOCALIZADO NO DISTRITO INDUSTRIAL II À EMPRESA LONGO MATERIAIS PARA CONSTRUÇÃO LTDA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS REVOGA A LEI N° 2.659, DE JUNHO DE 1996.</t>
   </si>
   <si>
     <t>14334</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14334/plc_034_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14334/plc_034_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL PÚBLICO LOCALIZADO NO DISTRITO INDUSTRIAL II À COOPERATIVA DE TRABALHO DOS TRANSPORTES RODOVIÁRIOS AUTÔNOMOS DE MOCOCA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. REVOGA A LEI COMPLEMENTAR N° 065, DE 14 DE DEZEMBRO DE 2000.</t>
   </si>
   <si>
     <t>14335</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14335/plc_035_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14335/plc_035_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO, POR CONCESSÃO DE DIREITO REAL DE USO E COM ENCARGOS, DE IMÓVEL PÚBLICO QUE ESPECIFICA À ASSOCIAÇÃO DOS SERVOS DE JESUS E MARIA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14336</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14336/plc_036_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14336/plc_036_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2904, DE 27 DE MAIO DE 1998, PARA AUTORIZAR A TRANSFORMAÇÃO DA CESSÃO DE DIREITO REAL DE USO COM ENCARGOS EM DOAÇÃO, DO IMÓVEL PÚBLICO LOCALIZADO NO DISTRITO INDUSTRIAL II, DE POSSE DA EMPRESA POLITAL INDÚSTRIA E COMÉRCIO DE PLÁSTICOS LTDA.</t>
   </si>
   <si>
     <t>14337</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14337/plc_037_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14337/plc_037_2002.pdf</t>
   </si>
   <si>
     <t>APROVA O ACORDO COLETIVO DE TRABALHO ESTABELECIDO PARA A CATEGORIA DOS SERVIDORES MUNICIPAIS, FIRMADO POR MEIO DO CONSELHO DE POLITICA DE ADMINISTRAÇÃO E REMUNERAÇÃO DE PESSOAL, NOS TERMOS DA LEI MUNICIPAL N° 3.138 DE 14 DE DEZEMBRO DE 2000.</t>
   </si>
   <si>
     <t>14338</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14338/plc_038_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14338/plc_038_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUMENTO AOS FUNCIONÁRIOS E SERVIDORES PÚBLICOS MUNICIPAIS, NO VALOR DE 3% A PARTIR DE 1° DE MARÇO DE 2002.</t>
   </si>
   <si>
     <t>14339</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14339/plc_039_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14339/plc_039_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL PÚBLICO LOCALIZADO NO JARDIM CHICO PISCINA À ENTIDADE ESCOLAR FUNDAÇÃO MUNICIPAL DE ENSINO "ANTONIO CARLOS MASSARO", PARA FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14340</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14340/plc_040_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14340/plc_040_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE DE SALÁRIO AOS SERVIDORES LOTADOS JUNTO À CÂMARA MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>14341</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14341/plc_041_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14341/plc_041_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ANUÊNCIA DO PODER EXECUTIVO, EM ESCRITURA DE DOAÇÃO DE ÁREA MUNICIPAL, DA EMPRESA TRANSPORTADORA JEPAULA LTDA, PELA LEI N° 2071, 26 DE MARÇO DE 1991, PARA A EMPRESA LUVEL VIAGENS E TURISMO LTDA.</t>
   </si>
   <si>
     <t>14342</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14342/plc_042_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14342/plc_042_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A CLÁUSULA 22ª. "D", DO ACORDO COLETIVO DE TRABALHO DE 2002, APROVADO PELA LEI COMPLEMENTAR N° 115, DE JULHO DE 2002.</t>
   </si>
   <si>
     <t>14343</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14343/plc_043_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14343/plc_043_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 040, DE 24 DE FEVEREIRO DE 2000, PARA AUTORIZAR A TRANSFORMAÇÃO DA CESSÃO DE DIREITO REAL DE USO COM ENCARGOS, EM DOAÇÃO, DOS IMÓVEIS PÚBLICOS MUNICIPAIS LOCALIZADOS NO DISTRITO INDUSTRIAL II, DE POSSE DA EMPRESA COMERCIAL TRÊS IRMÃOS DE MOCOCA LTDA.</t>
   </si>
   <si>
     <t>14344</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>ALTERA O ART. 1° DA LEI COMPLEMENTAR N° 062, DE 16 DE NOVEMBRO DE 2000, QUE TRATA DA ALIENAÇÃO POR CONCESSÃO DE DIREITO REAL DE USO 6 (SEIS) LOTES URBANIZADOS ÀS FAMÍLIAS EM SITUAÇÃO DE RISCO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14345</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14345/plc_045_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14345/plc_045_2002.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DIRETOR DE DESENVOLVIMENTO INTEGRADO DE MOCOCA.</t>
   </si>
   <si>
     <t>14346</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14346/plc_046_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14346/plc_046_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DOS TRIBUTOS MUNICIPAIS INSCRITOS EM DÍVIDA ATIVA E NÃO EXECUTADOS JUDICIALMENTE.</t>
   </si>
   <si>
     <t>14347</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14347/plc_047_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14347/plc_047_2002.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI N° 2075, DE 04 DE ABRIL DE 1991, AMPLIANDO VAGAR DE EMPREGOS PERMANENTES, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>14348</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14348/plc_048_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14348/plc_048_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO COOPERAÇÃO AOS SERVIDORES PÚBLICOS ESTADUAIS DA SECRETARIA DE ESTADO DA SAÚDE QUE PRESTEM SERVIÇOS À REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>14349</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14349/plc_049_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14349/plc_049_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL PÚBLICO LOCALIZADO NO DISTRITO INDUSTRIAL II À EMPRESA LUMATEC COMERCIAL LTDA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14350</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14350/plc_050_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14350/plc_050_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO, POR CONCESSÃO DE DIREITO REAL DE USO, DE IMÓVEL PÚBLICO QUE ESPECIFICA À ASSOCIAÇÃO DE AMIGOS DE BAIRRO DO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14351</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14351/plc_051_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14351/plc_051_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO, POR CONCESSÃO DE DIREITO REAL DE USO, DE IMÓVEL PÚBLICO QUE ESPECIFICA AO PANATHLON CLUB DE MOCOCA, PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14352</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14352/plc_052_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14352/plc_052_2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RECEBER EM DOAÇÃO EM FAVOR DO MUNICÍPIO DE MOCOCA IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14353</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14353/plc_053_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14353/plc_053_2002.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI COMPLEMENTAR N° 022, DE 19 DE OUTUBRO DE 1999, QUE AUTORIZAVA A TRANSFERÊNCIA DE CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL MUNICIPAL.</t>
   </si>
   <si>
     <t>14354</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14354/plc_054_2002.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14354/plc_054_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>12646</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Cido Espanha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12646/proj_de_lei_01-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12646/proj_de_lei_01-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL A RECEBER, MEDIANTE REPASSE EFETUADO PELO GOVERNO DO ESTADO DE SÃO PAULO, RECURSOS FINANCEIROS A FUNDO PERDIDO.</t>
   </si>
   <si>
     <t>12645</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12645/proj_de_lei_02-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12645/proj_de_lei_02-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS DO MUNICÍPIO, OBJETIVANDO A DESCENTRALIZAÇÃO DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12644</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12644/proj_de_lei_03-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12644/proj_de_lei_03-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE ESTADO DA ASSISTÊNCIA  DESENVOLVIMENTO SOCIAL, OU A DENOMINAÇÃO QUE VIER A SUCEDER-LHE OBJETIVANDO A MUNICIPALIZAÇÃO DA GESTÃO DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12643</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12643/proj_de_lei_04-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12643/proj_de_lei_04-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM O CENTRO  DE INTEGRAÇÃO EMPRESA-ESCOLA- CIEE, PARA CONCEDER OPORTUNIDADES  DE ESTÁGIO A ESTUDANTES UNIVERSITÁRIOS E DE ENSINO MÉDIO REGULAR OU TÉCNICO PROFISSIONALIZANTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12642</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12642/proj_de_lei_05-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12642/proj_de_lei_05-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA O CENTRO  DE CONVIVÊNCIA DA TERCEIRA IDADE LOCALIZADO NO DISTRITO DE SÃO BENEDITO DAS AREIAS DE ALVINO ANTÔNIO DE OLIVEIRA</t>
   </si>
   <si>
     <t>12641</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12641/proj_de_lei_06-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12641/proj_de_lei_06-02.pdf</t>
   </si>
   <si>
     <t>DENOMINANDO DE CENTRO ESPORTIVO E CULTURAL VENERANDO DE CASTRO, O GINÁSIO POLI-ESPORTIVO DE SÃO BENEDITO DAS AREIAS.</t>
   </si>
   <si>
     <t>12640</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12640/proj_de_lei_07-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12640/proj_de_lei_07-02.pdf</t>
   </si>
   <si>
     <t>DISPONDO SOBRE ACRÉSCIMO DE LETRAS AO ARTIGO 1º DA LEI Nº2.249, DE 17 DE JULHO DE 1992, QUE DISCIPLINA A COLOCAÇÃO DE CAÇAMBAS COLETORAS DE ENTULHOS NAS VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>12639</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12639/proj_de_lei_08-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12639/proj_de_lei_08-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA, MENSALMENTE R$118.000,00</t>
   </si>
   <si>
     <t>12638</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12638/proj_de_lei_09-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12638/proj_de_lei_09-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DE MOCOCA A RECEBER MEDIANTE REPASSE EFETUADO PELO GOVERNO DO ESTADO DE SÃO PAULO RECURSOS FINANCEIROS A FUNDO PERDIDO, PROCEDENTES DO TESOURO DO ESTADO</t>
   </si>
   <si>
     <t>12637</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12637/proj_de_lei_10-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12637/proj_de_lei_10-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DESTINADO A ATENDER DESPESAS DECORRENTES DE PAGAMENTO DE INDENIZAÇÕES E RESTITUIÇÕES TRABALHISTAS</t>
   </si>
   <si>
     <t>12636</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12636/proj_de_lei_11-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12636/proj_de_lei_11-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS  DOS EXCEPCIONAIS DE MOCOCA - APAE</t>
   </si>
   <si>
     <t>12635</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12635/proj_de_lei_12-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12635/proj_de_lei_12-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES  ASSISTENCIAIS DO MUNICÍPIO MEDIANTE A TRANSFERÊNCIA DE RECURSOS  PROVENIENTES DO FUNDO  MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12634</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12634/proj_de_lei_13-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12634/proj_de_lei_13-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ALUNA DE ESCOLA MUNICIPAL A FREQUENTAR AULAS ACOMPANHADA DO FILHO MENOR(RETIRADO)</t>
   </si>
   <si>
     <t>12633</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12633/proj_de_lei_14-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12633/proj_de_lei_14-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA O PRÉDIO SEDE DO CORPO DE BOMBEIROS A SER CONSTRUÍDO NESTE MUNICÍPIO DE DR. ARLINDO FERRARI</t>
   </si>
   <si>
     <t>12632</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12632/proj_de_lei_15-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12632/proj_de_lei_15-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12631</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12631/proj_de_lei_16-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12631/proj_de_lei_16-02.pdf</t>
   </si>
   <si>
     <t>LIBERA OS PRAZOS DE OUTURGA DE ESCRITURA DOS LOTES URBANIZADOS DO CONJ HAB "ARY ESTEVÃO" E DO CONJ HAB " FRANCISCO  GARÓFALO", QUE JÁ ESTEJAM COM AS EDIFICAÇÕES CONCLUÍDAS</t>
   </si>
   <si>
     <t>12630</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12630/proj_de_lei_17-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12630/proj_de_lei_17-02.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1300, DE 21 DE DEZEMBRO DE 1978, QUE CRIA CONSELHO MUNICIPAL DE DEFESA DO PATRIMÔNIO  HISTÓRICO, CULTURAL ARTÍSTICO E AMBIENTAL - COMDEPAT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12629</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12629/proj_de_lei_18-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12629/proj_de_lei_18-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA 14, LOCALIZADA  NO CONJ. HAB. DR.GILBERTO ROSSETTI DE FIRMINO MARQUES DA SILVA( NEGO)</t>
   </si>
   <si>
     <t>12628</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12628/proj_de_lei_19-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12628/proj_de_lei_19-02.pdf</t>
   </si>
   <si>
     <t>CRIA  O FUNDO MUNICIPAL DE TURISMO- FUMTUR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12627</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12627/proj_de_lei_20-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12627/proj_de_lei_20-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETÁRIA DO GOVERNO E GESTÃO ESTRATÉGICA, OBJETIVANDO A INSTALAÇÃO E FUNCIONAMENTO , NO MUNICÍPIO, DE UMA UNIDADE DO PROGRAMA ACESSA SÃO PAULO.</t>
   </si>
   <si>
     <t>12626</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12626/proj_de_lei_21-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12626/proj_de_lei_21-02.pdf</t>
   </si>
   <si>
     <t>DISPONDO SOBRE CONDUÇÃO DE CÃES EM VIAS PÚBLICAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>12625</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12625/proj_de_lei_22-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12625/proj_de_lei_22-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PESAGEM DE GÁS LIQUEFEITO DE PETRÓLEO NO COMÉRCIO LOCAL DESTINADO À VENDA AO CONSUMIDOR(RETIRADO)</t>
   </si>
   <si>
     <t>12624</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12624/proj_de_lei_23-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12624/proj_de_lei_23-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE 02 LOTES DE TERRENOS RESIDENCIAIS DOS CONJUNTOS HABITACIONAIS  "NELSON NIERO" E "NENÊ PEREIRA LIMA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12623</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12623/proj_de_lei_24-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12623/proj_de_lei_24-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DOS SERVIÇOS DO TERMINAL RODOVIÁRIO MUNICIPAL</t>
   </si>
   <si>
     <t>12622</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12622/proj_de_lei_25-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12622/proj_de_lei_25-02.pdf</t>
   </si>
   <si>
     <t>LIBERA OS PRAZOS DE OUTURGA DE ESCRITURA DOS LOTES URBANIZADOS DO CONJ. HAB. "NELSON NIERO", QUE JÁ ESTEJAM COM AS EDIFICAÇÕES CONCLUÍDAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12621</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12621/proj_de_lei_26-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12621/proj_de_lei_26-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE NOMES DE LOGRADOUROS PÚBLICOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>12620</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12620/proj_de_lei_27-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12620/proj_de_lei_27-02.pdf</t>
   </si>
   <si>
     <t>O SISTEMA DE LAZER Nº3, COM 3.228,30 M², LOCALIZADO NO LOTEAMENTO SANTA EMÍLIA PASSA A DENOMINAR-SE ANTÔNIO JOSÉ DE SOUZA</t>
   </si>
   <si>
     <t>12618</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12618/proj_de_lei_28-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12618/proj_de_lei_28-02.pdf</t>
   </si>
   <si>
     <t>O SISTEMA DE LAZER Nº2, COM 3.024,71 M², LOCALIZADO NO LOTEAMENTO SANTA EMÍLIA PASSA A DENOMINAR-SE APOLÔNIA MADUREIRA RODRIGUES.</t>
   </si>
   <si>
     <t>12617</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12617/proj_de_lei_29-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12617/proj_de_lei_29-02.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PRAZO ESTABELECIDO PELA LEI FEDERAL Nº 10.257, DE 10 DE JULHO DE 2001, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12616</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12616/proj_de_lei_30-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12616/proj_de_lei_30-02.pdf</t>
   </si>
   <si>
     <t>O SISTEMA DE RECREIO Nº2, COM 3.021,90 M², MARGEANDO A AVENIDA JOÃO BATISTA DE LIMA FIGUEIREDO, LOCALIZADO NO JARDIM CENTRAL PRÍCOLI PASSA  A DENOMINAR-SE PRAÇA GENTIL DE SOUZA  PINTO.</t>
   </si>
   <si>
     <t>12647</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12647/proj_de_lei_31-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12647/proj_de_lei_31-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE A PROIBIÇÃO AO TABAGISMO NOS LOCAIS QUE ESPECIFICA E DETERMINA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12648</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12648/proj_de_lei_32-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12648/proj_de_lei_32-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER AO DESCONTO EM FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS QUE ADERIREM O PLANO DE SAÚDE MÉDICA</t>
   </si>
   <si>
     <t>12649</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12649/proj_de_lei_33-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12649/proj_de_lei_33-02.pdf</t>
   </si>
   <si>
     <t>ALTERA DENOMINAÇÃO DE UNIDADE ESCOLAR  ESCOLA DE EDUCAÇÃO BÁSICA TÉCNICO PROFISSIONAL "PROFESSOR JOSÉ BARRETO COELHO ", PASSA A DENOMINAR-SE  EMEB-P - ESCOLA MUNICIPAL DE EDUCAÇÃO BÁSICA  PROFISSIONAL "PROFESSOR JOSÉ BARRETO COELHO ", E REVOGA  A LEI 29898, DE 12 DE FEVEREIRO DE 1999.</t>
   </si>
   <si>
     <t>12650</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12650/proj_de_lei_34-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12650/proj_de_lei_34-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PROFESSOR DE SUBSTITUIÇÃO  PARA REDE  MUNICIPAL DE ENSINO(RETIRADO)</t>
   </si>
   <si>
     <t>12651</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12651/proj_de_lei_35-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12651/proj_de_lei_35-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE MOCOCA A RECEBER MEDIANTE "INSTRUMENTO DE LIBERAÇÃO DE CRÉDITO NÃO REEMBOLSÁVEL" , RECURSOS FINANCEIROS DO FUNDO ESTADUAL DE PREVENÇÃO E CONTROLE DA POLUIÇÃO - FECOP</t>
   </si>
   <si>
     <t>12652</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12652/proj_de_lei_36-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12652/proj_de_lei_36-02.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A AÇÃO DE PAGAMENTO DE BENS IMÓVEIS COMO FORMA DE EXTINÇÃO DA OBRIGAÇÃO TRIBUTÁRIA NO MUNICÍPIO DE MOCOCA, PREVISTA NO INCISO IX DO ART. 156 DO CÓDIGO  TRIBUTÁRIO NACIONAL, ACRESCIDO PELA LEI COMPLEMENTAR FEDERAL Nº104, DE 10 DE JANEIRO DE 2001</t>
   </si>
   <si>
     <t>12653</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12653/proj_de_lei_37-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12653/proj_de_lei_37-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE AUMENTO NOS SUBSÍDIOS DOS VEREADORES QUE COMPÕEM A MESA DA CÂMARA MUNICIPAL  DE MOCOCA.</t>
   </si>
   <si>
     <t>12654</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12654/proj_de_lei_38-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12654/proj_de_lei_38-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUMENTO NOS SUBSÍDIOS   DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE MOCOCA</t>
   </si>
   <si>
     <t>12655</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12655/proj_de_lei_39-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12655/proj_de_lei_39-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PUBLICIDADE DE ATOS  PÚBLICOS ATRAVÉS DE MEIOS ELETRÔNICOS</t>
   </si>
   <si>
     <t>12656</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12656/proj_de_lei_40-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12656/proj_de_lei_40-02.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº2814 DE 02 DE OUTUBRO DE 1997, QUE DISPÕE SOBRE A CONCESSÃO  DO  USO DE ÁREA MUNICIPAL PARA URBANIZAÇÃO</t>
   </si>
   <si>
     <t>12657</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12657/proj_de_lei_41-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12657/proj_de_lei_41-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE A FISCALIZAÇÃO DO EXECUTIVO  MUNICIPAL, EM CUMPRIMENTO  AO ARTIGO 31 DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL</t>
   </si>
   <si>
     <t>12658</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12658/proj_de_lei_42-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12658/proj_de_lei_42-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DISCIPLINA DO EXERCÍCIO DA ATIVIDADE DE PROPAGANDA SONORA MÓVEL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12659</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12659/proj_de_lei_43-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12659/proj_de_lei_43-02.pdf</t>
   </si>
   <si>
     <t>REVOGA O PARÁGRAFO 7º, DO ART 9º, DA LEI N2254, DE 18/08/92, QUE FOI ALTERADA PELA LEI Nº 3050, DE 11/11/99.(RETIRADO)</t>
   </si>
   <si>
     <t>12660</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12660/proj_de_lei_44-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12660/proj_de_lei_44-02.pdf</t>
   </si>
   <si>
     <t>DENOMINANDO O SISTEMA DE LAZER 3 -  COM ÁREA DE 9146.45 M², DO LOTEAMENTO  "JARDIM IMPERADOR" DE PRAÇA LUIZ  CARLOS CASTELLI</t>
   </si>
   <si>
     <t>12661</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12661/proj_de_lei_45-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12661/proj_de_lei_45-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ORIENTAÇÃO QUANTO AO RECEBIMENTO DE INDENIZAÇÃO CONCERNENTE  AO SEGURO  OBRIGATÓRIO DE DANOS PESSOAIS  CAUSADOS  POR VEÍCULOS AUTOMOTORES DE VIA TERRESTRE  - D.P.V.A.T.</t>
   </si>
   <si>
     <t>12662</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12662/proj_de_lei_46-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12662/proj_de_lei_46-02.pdf</t>
   </si>
   <si>
     <t>dispõe sobre ingresso de gestante em veículo de transporte coletivo no município de Mococa(retirado)</t>
   </si>
   <si>
     <t>12663</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12663/proj_de_lei_47-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12663/proj_de_lei_47-02.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI Nº 3290, DE 27  DE MAIO DE 2002, QUE TRATA DAS DIRETRIZES  ORÇAMENTÁRIAS DE 2003 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12664</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12664/proj_de_lei_48-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12664/proj_de_lei_48-02.pdf</t>
   </si>
   <si>
     <t>autoriza o chefe do poder executivo celebrar convênio com  entidade obras sociais  da paróquia de santa luzia.</t>
   </si>
   <si>
     <t>12665</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12665/proj_de_lei_49-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12665/proj_de_lei_49-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA O SISTEMA DE RECREIO 2, LOCALIZADO ENTRE A AV. BRASIL E A RUA CURITIBA DE PRAÇA SALVADOR MÔNACO</t>
   </si>
   <si>
     <t>12666</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12666/proj_de_lei_50-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12666/proj_de_lei_50-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE MOCOCA  A DOAR OS RESÍDUOS SÓLIDOS RECICLÁVEIS  RECOLHIDOS PELA COLETA SELETIVA DE LIXO REALIZADA NO MUNICÍPIO, À COOPERATIVA DE CATADORES DE RESÍDUOS RECICLÁVEIS(retirado)</t>
   </si>
   <si>
     <t>12667</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12667/proj_de_lei_51-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12667/proj_de_lei_51-02.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE MOCOCA, PARA O EXERCÍCIO DE 2003, NO VALOR DE R$39.000.000,00</t>
   </si>
   <si>
     <t>12668</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12668/proj_de_lei_52-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12668/proj_de_lei_52-02.pdf</t>
   </si>
   <si>
     <t>DISPONDO SOBRE A COMERCIALIZAÇÃO DE ÓCULOS DE GRAU NO MUNICÍPIO DE MOCOCA, E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12669</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12669/proj_de_lei_53-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12669/proj_de_lei_53-02.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A "COMUNIDADE MISSIONÁRIA PROVIDÊNCIA SANTÍSSIMA"</t>
   </si>
   <si>
     <t>12670</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12670/proj_de_lei_54-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12670/proj_de_lei_54-02.pdf</t>
   </si>
   <si>
     <t>DENOMINANDO A RUA I, LOCALIZADA NO LOTEAMENTO SANTA EMÍLIA DE GILDA DE QUEIRÓS TELLES CUNALI</t>
   </si>
   <si>
     <t>12671</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12671/proj_de_lei_55-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12671/proj_de_lei_55-02.pdf</t>
   </si>
   <si>
     <t>ALTERA A LETRA "C" DO ART 5º, DA LEI Nº 3261, DE 17 DE DEZEMBRO DE 2001, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOCOCA PARA O EXERCÍCIO DE 2002</t>
   </si>
   <si>
     <t>12672</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12672/proj_de_lei_56-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12672/proj_de_lei_56-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A CRECHE/EMEIN LOCALIZADA EM RECINTO APARTADO DO PRÉDIO  CENTRO DE ASSISTÊNCIA INTEGRADA À CRIANÇA - CAIC BENEDITO WALTER PERETO DE ARCHIBALD REHDER</t>
   </si>
   <si>
     <t>12673</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12673/proj_de_lei_57-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12673/proj_de_lei_57-02.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO III, DO ART 8º, DA LEI Nº3215, DE 03 DE JULHO DE 2001, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2002</t>
   </si>
   <si>
     <t>12674</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12674/proj_de_lei_58-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12674/proj_de_lei_58-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DOS CRÉDITOS  NÃO TRIBUTADOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. (DEVOLVIDO)</t>
   </si>
   <si>
     <t>12675</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12675/proj_de_lei_59-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12675/proj_de_lei_59-02.pdf</t>
   </si>
   <si>
     <t>PROÍBE A COMERCIALIZAÇÃO DE RÉPLICAS DE ARMA DE FOGO, COMERCIALIZADO COMO BRINQUEDO</t>
   </si>
   <si>
     <t>12676</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12676/proj_de_lei_60-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12676/proj_de_lei_60-02.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PERÍMETRO ESCOLAR DE SEGURANÇA COMO ÁREA DE PRIORIDADE ESPECIAL DO PODER PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12677</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12677/proj_de_lei_61-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12677/proj_de_lei_61-02.pdf</t>
   </si>
   <si>
     <t>denomina a rua "d" localizada no conj. hab. guilherme zanetti - distrito de igaraí de orlando marquetti</t>
   </si>
   <si>
     <t>12678</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12678/proj_de_lei_62-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12678/proj_de_lei_62-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA "E" LOCALIZADA NO CONJ. HAB. GUILHERME ZANETTI - DISTRITO DE IGARAÍ DE GERALDO TEIXEIRA DE OLIVEIRA</t>
   </si>
   <si>
     <t>12679</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12679/proj_de_lei_63-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12679/proj_de_lei_63-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA "3" LOCALIZADA  NO LOTEAMENTO RESIDENCIAL JARDIM JOSÉ JUSTI II DE ANTONIO GROTTO</t>
   </si>
   <si>
     <t>12680</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12680/proj_de_lei_64-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12680/proj_de_lei_64-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA "C" LOCALIZADA NO CONJ. HAB. DE INTERESSE SOCIAL GUILHERME ZANETTI- DISTRITO DE IGARAÍ DE JOÃO CAGNONI</t>
   </si>
   <si>
     <t>12681</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12681/proj_de_lei_65-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12681/proj_de_lei_65-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA "9" LOCALIZADA NO LOTEAMENTO RESIDENCIAL JARDIM JOSÉ JUSTI II DE JOSÉ CAETANO GUISSO.</t>
   </si>
   <si>
     <t>12682</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12682/proj_de_lei_66-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12682/proj_de_lei_66-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA "F" LOCALIZADA NO CONDOMÍNIO MONTE BELO DE JOAQUIM MOREYA BARBÓZA</t>
   </si>
   <si>
     <t>12683</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12683/proj_de_lei_67-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12683/proj_de_lei_67-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA "A", LOCALIZADA NO CONDOMÍNIO MONTE BELO DE SILVIO ESMERALDO PAULINO</t>
   </si>
   <si>
     <t>12684</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12684/proj_de_lei_68-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12684/proj_de_lei_68-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA "G" LOCALIZADA NO CONJ. HAB. DE INTERESSE SOCIAL GUILHERME ZANETTI - DISTRITO DE IGARAÍ DE NELSON JOSÉ BEDIN</t>
   </si>
   <si>
     <t>12685</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12685/proj_de_lei_69-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12685/proj_de_lei_69-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA 10, DO LOTEAMENTO "JARDIM IMPERADOR" DE MARIA DA CONCEIÇÃO COELHO FALARINI</t>
   </si>
   <si>
     <t>12686</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12686/proj_de_lei_70-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12686/proj_de_lei_70-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA "B" LOCALIZADA NO CONJ. HAB. DE INTERESSE SOCIAL GUILHERME ZANETTI - DISTRITO  DE LUIZ SEBASTIÃO DE PAULO</t>
   </si>
   <si>
     <t>12687</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12687/proj_de_lei_71-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12687/proj_de_lei_71-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA "10" LOCALIZADA NO LOTEAMENTO RESIDENCIAL JARDIM JOSÉ JUSTI II DE ALVIM LEITE</t>
   </si>
   <si>
     <t>12688</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12688/proj_de_lei_72-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12688/proj_de_lei_72-02.pdf</t>
   </si>
   <si>
     <t>DENOMINA O SISTEMA DE LAZER LOCALIZADO NO LOTEAMENTO RESIDENCIAL JARDIM JOSÉ JUSTI II COM 6.291,90 M², DE VICENTE RODRIGUES</t>
   </si>
   <si>
     <t>12689</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12689/proj_de_lei_73-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12689/proj_de_lei_73-02.pdf</t>
   </si>
   <si>
     <t>DISPONDO SOBRE REVOGAÇÃO DO INCISO I DO ARTIGO 8º DA LEI MUNICIPAL Nº1.822, DE 10 DE MAIO DE 1989</t>
   </si>
   <si>
     <t>12690</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12690/proj_de_lei_74-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12690/proj_de_lei_74-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  O PARCELAMENTO DOS CRÉDITOS NÃO TRIBUTÁRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12691</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12691/proj_de_lei_75-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12691/proj_de_lei_75-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE ESTADO  DA ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL, OU DENOMINAÇÃO QUE VIER A SUCEDER-LHE, OBJETIVANDO A MUNICIPALIZAÇÃO DA GESTÃO DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA  SOCIAL E DÁ PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>12694</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12694/proj_de_lei_76-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12694/proj_de_lei_76-02.pdf</t>
   </si>
   <si>
     <t>12695</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12695/proj_de_lei_77-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12695/proj_de_lei_77-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS DO MUNICÍPIO, MEDIANTE TRANSFERÊNCIA DE RECURSOS PROVENIENTES DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12696</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12696/proj_de_lei_78-02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12696/proj_de_lei_78-02.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO ESPECIAL DO CORPO DE BOMBEIROS - FEBOM, NO MUNICÍPIO DE MOCOCA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1815,68 +1815,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14291/plc_001_2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14292/plc_002_2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14294/plc_003_2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14296/plc_004_2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14301/plc_005_2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14303/plc_006_2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14305/plc_007_2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14306/plc_008_2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14307/plc_009_2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14308/plc_010_2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14309/plc_011_2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14310/plc_012_2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14311/plc_013_2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14312/plc_014_2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14313/plc_015_2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14314/plc_016_2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14315/plc_017_2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14316/plc_018_2002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14317/plc_019_2002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14318/plc_020_2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14319/plc_021_2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14320/plc_022_2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14323/plc_023_2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14324/plc_024_2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14325/plc_025_2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14326/plc_026_2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14327/plc_027_2002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14328/plc_028_2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14329/plc_029_2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14330/plc_030_2002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14332/plc_032_2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14333/plc_033_2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14334/plc_034_2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14335/plc_035_2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14336/plc_036_2002.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14337/plc_037_2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14338/plc_038_2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14339/plc_039_2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14340/plc_040_2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14341/plc_041_2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14342/plc_042_2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14343/plc_043_2002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14345/plc_045_2002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14346/plc_046_2002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14347/plc_047_2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14348/plc_048_2002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14349/plc_049_2002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14350/plc_050_2002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14351/plc_051_2002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14352/plc_052_2002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14353/plc_053_2002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14354/plc_054_2002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12646/proj_de_lei_01-02.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12645/proj_de_lei_02-02.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12644/proj_de_lei_03-02.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12643/proj_de_lei_04-02.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12642/proj_de_lei_05-02.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12641/proj_de_lei_06-02.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12640/proj_de_lei_07-02.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12639/proj_de_lei_08-02.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12638/proj_de_lei_09-02.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12637/proj_de_lei_10-02.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12636/proj_de_lei_11-02.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12635/proj_de_lei_12-02.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12634/proj_de_lei_13-02.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12633/proj_de_lei_14-02.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12632/proj_de_lei_15-02.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12631/proj_de_lei_16-02.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12630/proj_de_lei_17-02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12629/proj_de_lei_18-02.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12628/proj_de_lei_19-02.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12627/proj_de_lei_20-02.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12626/proj_de_lei_21-02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12625/proj_de_lei_22-02.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12624/proj_de_lei_23-02.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12623/proj_de_lei_24-02.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12622/proj_de_lei_25-02.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12621/proj_de_lei_26-02.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12620/proj_de_lei_27-02.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12618/proj_de_lei_28-02.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12617/proj_de_lei_29-02.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12616/proj_de_lei_30-02.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12647/proj_de_lei_31-02.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12648/proj_de_lei_32-02.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12649/proj_de_lei_33-02.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12650/proj_de_lei_34-02.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12651/proj_de_lei_35-02.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12652/proj_de_lei_36-02.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12653/proj_de_lei_37-02.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12654/proj_de_lei_38-02.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12655/proj_de_lei_39-02.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12656/proj_de_lei_40-02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12657/proj_de_lei_41-02.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12658/proj_de_lei_42-02.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12659/proj_de_lei_43-02.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12660/proj_de_lei_44-02.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12661/proj_de_lei_45-02.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12662/proj_de_lei_46-02.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12663/proj_de_lei_47-02.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12664/proj_de_lei_48-02.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12665/proj_de_lei_49-02.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12666/proj_de_lei_50-02.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12667/proj_de_lei_51-02.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12668/proj_de_lei_52-02.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12669/proj_de_lei_53-02.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12670/proj_de_lei_54-02.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12671/proj_de_lei_55-02.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12672/proj_de_lei_56-02.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12673/proj_de_lei_57-02.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12674/proj_de_lei_58-02.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12675/proj_de_lei_59-02.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12676/proj_de_lei_60-02.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12677/proj_de_lei_61-02.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12678/proj_de_lei_62-02.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12679/proj_de_lei_63-02.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12680/proj_de_lei_64-02.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12681/proj_de_lei_65-02.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12682/proj_de_lei_66-02.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12683/proj_de_lei_67-02.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12684/proj_de_lei_68-02.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12685/proj_de_lei_69-02.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12686/proj_de_lei_70-02.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12687/proj_de_lei_71-02.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12688/proj_de_lei_72-02.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12689/proj_de_lei_73-02.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12690/proj_de_lei_74-02.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12691/proj_de_lei_75-02.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12694/proj_de_lei_76-02.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12695/proj_de_lei_77-02.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12696/proj_de_lei_78-02.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14291/plc_001_2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14292/plc_002_2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14294/plc_003_2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14296/plc_004_2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14301/plc_005_2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14303/plc_006_2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14305/plc_007_2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14306/plc_008_2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14307/plc_009_2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14308/plc_010_2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14309/plc_011_2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14310/plc_012_2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14311/plc_013_2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14312/plc_014_2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14313/plc_015_2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14314/plc_016_2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14315/plc_017_2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14316/plc_018_2002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14317/plc_019_2002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14318/plc_020_2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14319/plc_021_2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14320/plc_022_2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14323/plc_023_2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14324/plc_024_2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14325/plc_025_2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14326/plc_026_2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14327/plc_027_2002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14328/plc_028_2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14329/plc_029_2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14330/plc_030_2002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14332/plc_032_2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14333/plc_033_2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14334/plc_034_2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14335/plc_035_2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14336/plc_036_2002.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14337/plc_037_2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14338/plc_038_2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14339/plc_039_2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14340/plc_040_2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14341/plc_041_2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14342/plc_042_2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14343/plc_043_2002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14345/plc_045_2002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14346/plc_046_2002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14347/plc_047_2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14348/plc_048_2002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14349/plc_049_2002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14350/plc_050_2002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14351/plc_051_2002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14352/plc_052_2002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14353/plc_053_2002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/14354/plc_054_2002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12646/proj_de_lei_01-02.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12645/proj_de_lei_02-02.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12644/proj_de_lei_03-02.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12643/proj_de_lei_04-02.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12642/proj_de_lei_05-02.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12641/proj_de_lei_06-02.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12640/proj_de_lei_07-02.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12639/proj_de_lei_08-02.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12638/proj_de_lei_09-02.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12637/proj_de_lei_10-02.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12636/proj_de_lei_11-02.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12635/proj_de_lei_12-02.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12634/proj_de_lei_13-02.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12633/proj_de_lei_14-02.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12632/proj_de_lei_15-02.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12631/proj_de_lei_16-02.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12630/proj_de_lei_17-02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12629/proj_de_lei_18-02.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12628/proj_de_lei_19-02.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12627/proj_de_lei_20-02.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12626/proj_de_lei_21-02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12625/proj_de_lei_22-02.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12624/proj_de_lei_23-02.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12623/proj_de_lei_24-02.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12622/proj_de_lei_25-02.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12621/proj_de_lei_26-02.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12620/proj_de_lei_27-02.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12618/proj_de_lei_28-02.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12617/proj_de_lei_29-02.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12616/proj_de_lei_30-02.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12647/proj_de_lei_31-02.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12648/proj_de_lei_32-02.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12649/proj_de_lei_33-02.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12650/proj_de_lei_34-02.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12651/proj_de_lei_35-02.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12652/proj_de_lei_36-02.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12653/proj_de_lei_37-02.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12654/proj_de_lei_38-02.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12655/proj_de_lei_39-02.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12656/proj_de_lei_40-02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12657/proj_de_lei_41-02.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12658/proj_de_lei_42-02.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12659/proj_de_lei_43-02.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12660/proj_de_lei_44-02.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12661/proj_de_lei_45-02.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12662/proj_de_lei_46-02.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12663/proj_de_lei_47-02.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12664/proj_de_lei_48-02.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12665/proj_de_lei_49-02.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12666/proj_de_lei_50-02.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12667/proj_de_lei_51-02.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12668/proj_de_lei_52-02.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12669/proj_de_lei_53-02.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12670/proj_de_lei_54-02.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12671/proj_de_lei_55-02.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12672/proj_de_lei_56-02.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12673/proj_de_lei_57-02.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12674/proj_de_lei_58-02.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12675/proj_de_lei_59-02.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12676/proj_de_lei_60-02.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12677/proj_de_lei_61-02.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12678/proj_de_lei_62-02.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12679/proj_de_lei_63-02.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12680/proj_de_lei_64-02.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12681/proj_de_lei_65-02.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12682/proj_de_lei_66-02.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12683/proj_de_lei_67-02.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12684/proj_de_lei_68-02.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12685/proj_de_lei_69-02.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12686/proj_de_lei_70-02.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12687/proj_de_lei_71-02.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12688/proj_de_lei_72-02.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12689/proj_de_lei_73-02.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12690/proj_de_lei_74-02.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12691/proj_de_lei_75-02.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12694/proj_de_lei_76-02.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12695/proj_de_lei_77-02.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2002/12696/proj_de_lei_78-02.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>