--- v0 (2026-01-30)
+++ v1 (2026-03-26)
@@ -51,1916 +51,1916 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1862/1862_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1862/1862_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A METALÚRGICA INCA LTDA., SABESP, GRUPO ECOLÓGICO OLHOS D'ÁGUA, CENTRO DE VOLUNTARIADO, TRIBO 4 X 4 E ESCOTEIROS MIRINS GUARÁ, PELA MOBILIZAÇÃO PARA MARCAR O DIA MUNDIAL DA ÁGUA.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1603/1603_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1603/1603_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A METALÚRGICA INCA LTDA, PELO PRÊMIO RECEBIDO DA FIESP - FEDERAÇÃO DAS INDUSTRIAS DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>18221</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Cido Espanha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18221/plc_001-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18221/plc_001-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de terreno localizado no Parque do Canoas com lotes de terrenos localizados no Jardim Alvorada e uma faixa de terras, conforme especifica.</t>
   </si>
   <si>
     <t>18222</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18222/plc_002-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18222/plc_002-2008.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Parágrafo único do art. 1º. da Lei Complementar nº. 287, de 20 de dezembro de 2007.</t>
   </si>
   <si>
     <t>18223</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18223/plc_003-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18223/plc_003-2008.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do art. 1º da Lei nº. 2833, de 24 de novembro de 1997, com redação dada pela Lei Complementar nº. 202, de 21 de dezembro de 2005.</t>
   </si>
   <si>
     <t>18224</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18224/plc_004-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18224/plc_004-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo celebrar convênio com a Corporação Musical "Filarmônica Mocoquense".</t>
   </si>
   <si>
     <t>18225</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18225/plc_005-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18225/plc_005-2008.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº. 057, de 07 de novembro de 2000, em especial quanto às especificações dos lotes imobiliários localizados na Zona Residencial 2-ZR2.</t>
   </si>
   <si>
     <t>18226</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18226/plc_006-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18226/plc_006-2008.pdf</t>
   </si>
   <si>
     <t>Incorpora ao salário o abono concedido a todos os funcionários através da Lei Complementar nº. 258, de 02 de maio de 2007.</t>
   </si>
   <si>
     <t>18227</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18227/plc_007-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18227/plc_007-2008.pdf</t>
   </si>
   <si>
     <t>Incorpora aos salários dos servidores da Câmara Municipal de Mococa, o abono concedido através da Lei Complementar nº. 257, de 02 de maio de 2007.</t>
   </si>
   <si>
     <t>18228</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18228/plc_008-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18228/plc_008-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e implantação do Parque Ecológico "Sete Casas".</t>
   </si>
   <si>
     <t>18229</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18229/plc_009-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18229/plc_009-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica à entidade "Associação Folclórica de Mococa", para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18230</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18230/plc_010-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18230/plc_010-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso, de imóvel que especifica, à empresa José Eduardo Xavier &amp; Cia Ltda, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18231</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18231/plc_011-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18231/plc_011-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica à ADECON - Associação de Defesa dos Direitos do Consumidor e Cidadão de Mococa, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18232</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18232/plc_012-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18232/plc_012-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica à Associação Gera Vida, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18233</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18233/plc_013-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18233/plc_013-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso, de imóvel público que especifica, à Empresa Lumatec Comercial Ltda, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18234</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18234/plc_014-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18234/plc_014-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de 12 (doze) lotes de terrenos nos Conjuntos Habitacionais de Interesse Social "Nenê Pereira Lima", Conjunto Habitacional de Interesse Social "Avenida Getúlio Vargas" e Conjunto Habitacional de Interesse Social no Distrito de "São Benedito das Areias" e dá outras providências.</t>
   </si>
   <si>
     <t>18235</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18235/plc_015-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18235/plc_015-2008.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Complementar nº. 300, de 24 de abril de 2008.</t>
   </si>
   <si>
     <t>18236</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18236/plc_016-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18236/plc_016-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação por concessão de direito real de uso, de imóvel público que especifica ao Grupo Ecológico Olho D'Água, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18237</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18237/plc_017-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18237/plc_017-2008.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º. da Lei Complementar nº. 043, de 27 de março de 2000.</t>
   </si>
   <si>
     <t>18238</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18238/plc_018-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18238/plc_018-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de bens imóveis públicos pertencentes à Prefeitura Municipal de Mococa por bem imóvel particular.</t>
   </si>
   <si>
     <t>18239</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18239/plc_019-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18239/plc_019-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão recomposição da perda do poder aquisitivo aos funcionários e servidores públicos municipais da Prefeitura Municipal de Mococa e dá outras providências.</t>
   </si>
   <si>
     <t>18240</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18240/plc_020-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18240/plc_020-2008.pdf</t>
   </si>
   <si>
     <t>Altera as disposições contidas na Lei Complementar nº. 092, de 21 de maio de 2002.</t>
   </si>
   <si>
     <t>18241</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18241/plc_021-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18241/plc_021-2008.pdf</t>
   </si>
   <si>
     <t>Altera as disposições contidas n Lei nº. 1.507, de 30 de novembro de 1983.</t>
   </si>
   <si>
     <t>18242</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18242/plc_022-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18242/plc_022-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste de salário aos servidores lotados junto à Câmara Municipal de Mococa, a título de recomposição da perda do poder aquisitivo ao longo do ano de 2008.</t>
   </si>
   <si>
     <t>18303</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18303/plc_023-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18303/plc_023-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica à Cooperativa de Trabalho em Reciclagem do Município de Mococa (Coopermococa), para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18305</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio de Cooperação com o Estado de São Paulo com a Secretaria de Estado de Saneamento e Energia para delegação ao Estado das competências de regulação, inclusive tarifária, de organização e de fiscalização dos serviços municipais de abastaecimento de água e esgotamento sanitário e a autorização da execução de tais serviços pela Companhia de Saneamento Básico do Estado de São Paulo - SABESP, por intermédio de contrato de programa.</t>
   </si>
   <si>
     <t>18304</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18304/plc_025-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18304/plc_025-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica ao Projeto Social Providência Santíssima, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18310</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18310/plc_026-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18310/plc_026-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica à Associação dos Moradores do Condomínio Casas do Monte Belo, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18307</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18307/plc_027-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18307/plc_027-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono para os funcionários e servidores públicos municipais da Prefeitura Municipal de Mococa.</t>
   </si>
   <si>
     <t>18306</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18306/plc_028-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18306/plc_028-2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono aos servidores lotados junto à Câmara Municipal de Mococa.</t>
   </si>
   <si>
     <t>18309</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18309/plc_029-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18309/plc_029-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica aoSindicato dos Trabalhadores do Serviço público Municipal de Mococa, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>18308</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18308/plc_030-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18308/plc_030-2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação, por concessão de direito real de uso com encargos, de imóvel público que especifica à Comunidade Missionária Caminho, verdade e Vida, para os fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>14083</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14083/projeto_de_lei_n01-2008_0000047881.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14083/projeto_de_lei_n01-2008_0000047881.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA</t>
   </si>
   <si>
     <t>14084</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14084/projeto_de_lei_n02-2008_0000047890.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14084/projeto_de_lei_n02-2008_0000047890.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DESTINADOS A REFORÇO E DOTAÇÃO ORÇAMENTARIA</t>
   </si>
   <si>
     <t>14085</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14085/projeto_de_lei_n03-2008_0000047971.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14085/projeto_de_lei_n03-2008_0000047971.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM O O GRUPO TUMM - TODOS UNIDOS MUDAREMOS O MUNDO</t>
   </si>
   <si>
     <t>14086</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14086/projeto_de_lei_n04-2008_0000047982.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14086/projeto_de_lei_n04-2008_0000047982.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEITURA DE JORNAIS E REVISTAS NAS SALAS DE AULA DAS ESCOLAS MUNICIPAIS DE MOCOCA E DÁ PROVIDÊNCIAS._x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14087</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14087/projeto_de_lei_n05-2008_0000047990.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14087/projeto_de_lei_n05-2008_0000047990.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DAS OBRAS DE INFRA-ESTRUTURA REALIZADAS EM LOTEAMENTOS NO MUNICÍPIO DE MOCOCA._x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14088</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14088/projeto_de_lei_n06-2008_0000047998.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14088/projeto_de_lei_n06-2008_0000047998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO "PROGRAMA DE PROTEÇÃO DA SAÚDE DA GESTANTE E DO RECÉM-NASCIDO" NO MUNICÍPIO DE MOCOCA E DA OUTRAS PROVIDÊNCIAS._x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14089</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14089/projeto_de_lei_n07_2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14089/projeto_de_lei_n07_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE QUEIMA DE CANAVIAIS LOCALIZADOS NO MUNICÍPIO DE MOCOCA, PREV~E A APLICAÇÃO DE MULTAS, E DA OUTRAS PROVIDENCIAS._x000D_
 (VEREADOR JOSE FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14090</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14090/projeto_de_lei_n08-2008_0000048095.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14090/projeto_de_lei_n08-2008_0000048095.pdf</t>
   </si>
   <si>
     <t>FIXA PRAZO Á EMPRESAS COMERCIAIS, PARA ATENDIMENTO AOS CONSUMIDORES EM GERAL_x000D_
 (VEREADOR JOSE FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14091</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14091/projeto_de_lei_n09-2008_0000048106.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14091/projeto_de_lei_n09-2008_0000048106.pdf</t>
   </si>
   <si>
     <t>CRIA NO MUNICÍPIO DE MOCOCA CEMITÉRIO PARA PEQUENOS ANIMAIS._x000D_
 (VEREADOR JOSÉ FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14092</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14092/projeto_de_lei_n10-2008_0000048115.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14092/projeto_de_lei_n10-2008_0000048115.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA "PEQUENAS MÃOS E GRANDES TALENTOS" E DA OUTRAS PROVIDENCIAS,_x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14093</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14093/projeto_de_lei_n11-2008_0000048139.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14093/projeto_de_lei_n11-2008_0000048139.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "LENDO MAIS", SABENDO MAIS" E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14094</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14094/projeto_de_lei_n12-2008_0000048161.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14094/projeto_de_lei_n12-2008_0000048161.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA SOLIDÁRIO AO TRABALHADOR DESEMPREGADO E DA OUTRAS PROVIDENCIAS_x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14095</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14095/projeto_de_lei_n13-2008_0000048185.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14095/projeto_de_lei_n13-2008_0000048185.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA NOTA FISCAL VALE SORTEIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14096</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14096/projeto_de_lei_n14-2008_0000048195.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14096/projeto_de_lei_n14-2008_0000048195.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COLETA DO RESÍDUO DE ÓLEO COMESTÍVEL NO MUNICÍPIO DE MOCOCA E DA OUTRAS PROVIDENCIAS._x000D_
 (VEREADOR BENEDITO JOSÉ DE SOUZA)</t>
   </si>
   <si>
     <t>14101</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14101/projeto_de_lei15-2008_0000048209.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14101/projeto_de_lei15-2008_0000048209.pdf</t>
   </si>
   <si>
     <t>OBRIGA BARES, BOATES, CLUBES, DANCETERIAS E CONGENERES SEDIADOS NO MUNICIPIO A IMPRIMIR SEUS CONVITES E CARTÕES DE CONSUMAÇÃO, OS SLOGANS, SE BEBER NÃO DIRIJA - DIGA NÃO AS DROGAS, E DA OUTRAS PROVIDÊNCIAS._x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14097</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14097/projeto_de_lei_n16-2008_0000048222.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14097/projeto_de_lei_n16-2008_0000048222.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATOS LESIVOS Á LIMPEZA PUBLICA E DA OUTRAS PROVIDÊNCIAS_x000D_
 (VEREADOR LUIZ BRAZ  MARIANO)</t>
   </si>
   <si>
     <t>14098</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14098/projeto_de_lei_n17-2008_0000048240.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14098/projeto_de_lei_n17-2008_0000048240.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PENALIDADES AOS ESTABELECIMENTOS QUE  ABRIGAM ADOLESCENTES DESACOMPANHADOS DOS PAIS OU RESPONSÁVEIS E DA OUTRAS PROVIDENCIAS._x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14099</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14099/projeto_de_lei_n18-2008_0000048262.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14099/projeto_de_lei_n18-2008_0000048262.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CRIAR, NO ÂMBITO DA CIDADE DE MOCOCA, O PROJETO "VOVÔ SABE TUDO", PROGRAMA DE APROVEITAMENTO E VALORIZAÇÃO DE IDOSOS PARA FINS EDUCACIONAIS, CULTURAIS E SOCIAIS, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14100</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14100/projeto_de_lei_de_19-2008_0000048277.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14100/projeto_de_lei_de_19-2008_0000048277.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE MOCOCA - APAE</t>
   </si>
   <si>
     <t>14102</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14102/projeto_de_lei_n20-2008_0000048290.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14102/projeto_de_lei_n20-2008_0000048290.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS DO MUNICÍPIO, OBJETIVANDO A DESCENTRALIZAÇÃO DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA SOCIAL, BEM COMO AOS REPASSES DE VALORES QUE ESPECIFICA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14103</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14103/projeto_de_lei_n21-2008_0000048305.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14103/projeto_de_lei_n21-2008_0000048305.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS DO MUNICÍPIO  MEDIANTE A TRANSFERÊNCIA DE RECURSOS PROVENIENTES DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DA OUTRAS PROVIDÊNCIA'</t>
   </si>
   <si>
     <t>14105</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14105/projeto_de_lei_n22-2008_0000048318.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14105/projeto_de_lei_n22-2008_0000048318.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A FUNDAÇÃO PROCON, DESTINADO AO ESTABELECIMENTO DO PROGRAMA MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR, PARA CUMPRIMENTO DAS DISPOSIÇÕES DO CÓDIGO DE DEFESA DO CONSUMIDOR E DEMAIS NORMAS DA POLITICA NACIONAL DE RELAÇÃO DE CONSUMO</t>
   </si>
   <si>
     <t>14106</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14106/projeto_de_lei_n23-2008_0000048331.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14106/projeto_de_lei_n23-2008_0000048331.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVENIO COM ESTADO DE SÃO PAULO, POR MEIO DA SECRETARIA DE SEGURANÇA PUBLICA, DELEGANDO O EXERCÍCIO DE COMPETÊNCIA DE TRÂNSITO ATRIBUÍDAS AO MUNICÍPIO PELA LEI N9503/97 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>14107</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14107/projeto_de_lei_n24-2008_0000049265.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14107/projeto_de_lei_n24-2008_0000049265.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM ASSOSSIAÇÃO ASSISTENCIAL SÃO FRANCISCO - CASA ABRIGO DE MOCOCA</t>
   </si>
   <si>
     <t>14108</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14108/projeto_de_lei_n25-2008_0000049278.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14108/projeto_de_lei_n25-2008_0000049278.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE DO PODER EXECUTIVO  CELEBRAR CONVÊNIO COM O INSTITUTO EDUCACIONAL PROFISSIONALIZANTE DE MOCOCA</t>
   </si>
   <si>
     <t>14109</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14109/projeto_de_lei_n26-2008_0000049291.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14109/projeto_de_lei_n26-2008_0000049291.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO "FUNDO MUNICIPAL DOS ESPORTES"_x000D_
 (VEREADOR JOÃO BATISTA MARTINS)</t>
   </si>
   <si>
     <t>14110</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14110/projeto_de_lei_n27-2008_0000049301.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14110/projeto_de_lei_n27-2008_0000049301.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DESTINADOS A REFORÇO DE DOTAÇÃO ORÇAMENTARIA.</t>
   </si>
   <si>
     <t>14111</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14111/projeto_de_lei_n28-2008_0000049318.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14111/projeto_de_lei_n28-2008_0000049318.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE MOCOCA A CELEBRAR ACORDO DE PARCELAMENTO DE DÍVIDA REFERENTE AO PASEP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14112</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14112/projeto_de_lei_n29-2008_0000049330.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14112/projeto_de_lei_n29-2008_0000049330.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A TRANSFERIR Á SANTA CASA DE MISERICÓRDIA DE MOCOCA, OS RECURSOS QUE A CÂMARA DEVOLVE A PREFEITURA._x000D_
 (VEREADOR CARLOS ROBERTO BASÁGLIA)</t>
   </si>
   <si>
     <t>14113</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14113/projeto_de_lei_n30-2008_0000049335.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14113/projeto_de_lei_n30-2008_0000049335.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O DER.</t>
   </si>
   <si>
     <t>14114</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14114/projeto_de_lei_n30-2008_0000049335.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14114/projeto_de_lei_n30-2008_0000049335.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE MOCOCA A RECEBER, MEDIANTE REPASSE EFETUADO PELO GOVERNO DO ESTADO DE SÃO PAULO, RECURSOS FINANCEIRO A FUNDO PERDIDO.</t>
   </si>
   <si>
     <t>14116</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14116/projeto_de_lei_n32-2008_0000049353.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14116/projeto_de_lei_n32-2008_0000049353.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE MOCOCA A RECEBER, MEDIANTE REPASSE EFETUADO PELO GOVERNO DO ESTADO DE SÃO PAULO, RECURSOS FINANCEIROS A FUNDO PERDIDO.</t>
   </si>
   <si>
     <t>14117</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14117/projeto_de_lei_n33_-2008_0000049361.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14117/projeto_de_lei_n33_-2008_0000049361.pdf</t>
   </si>
   <si>
     <t>CRIA MUNICÍPIO DE MOCOCA "DIA DO MECÂNICO"_x000D_
 (VEREADOR JOÃO BATISTA MARTINS)</t>
   </si>
   <si>
     <t>14118</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14118/projeto_de_lei_n34-2008_0000049368.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14118/projeto_de_lei_n34-2008_0000049368.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL DESTINADOS A REFORÇO DE DOTAÇÃO ORÇAMENTARIA</t>
   </si>
   <si>
     <t>14119</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14119/projeto_de_lei_n35-2008_0000049392.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14119/projeto_de_lei_n35-2008_0000049392.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE MOCOCA, PARA O MANDATO DE 2009 A 2012</t>
   </si>
   <si>
     <t>14120</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14120/projeto_de_lei_n_36-2008_0000049402.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14120/projeto_de_lei_n_36-2008_0000049402.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS SUBSÍDIOS DOS VEREADORES PARA A LEGISLATURA 2009-2012</t>
   </si>
   <si>
     <t>14121</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14121/projeto_de_lei_n37-2008_0000049415.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14121/projeto_de_lei_n37-2008_0000049415.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO DE COOPERAÇÃO TÉCNICA E OUTRAS AVENÇAS COM SERVIÇO NACIONAL DE APRENDIZAGEM INDUSTRIAL - SENAI - DEPARTAMENTO REGIONAL DE SÃO PAULO</t>
   </si>
   <si>
     <t>14122</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14122/projeto_de_lei_n38-2008_0000049432.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14122/projeto_de_lei_n38-2008_0000049432.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DESTINADOS A REFORÇO DE DOTAÇÃO ORÇAMENTARIA</t>
   </si>
   <si>
     <t>14123</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14123/projeto_de_lei_n39-2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14123/projeto_de_lei_n39-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO FINANCEIRO DE 2009 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14124</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14124/projeto_de_lei_n40-2008_0000049589.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14124/projeto_de_lei_n40-2008_0000049589.pdf</t>
   </si>
   <si>
     <t>14177</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14177/projeto_de_lei_n41-2008_0000050152.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14177/projeto_de_lei_n41-2008_0000050152.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE MOCOCA, PARA INSTALAÇÃO DA UNIDADE DE CUIDADOS DIÁRIOS - UCD</t>
   </si>
   <si>
     <t>14179</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14179/projeto_de_lei_n42-2008_0000050180.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14179/projeto_de_lei_n42-2008_0000050180.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTABELECIMENTO DE PROTOCOLO DE LIBERAÇÃO DA UTI MÓVEL TERRESTRE A TODAS AS UNIDADE DE REFERENCIA DO SISTEMA E CENTRAL REGULADORA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14181</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14181/projeto_de_lei_n43-2008_0000050191.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14181/projeto_de_lei_n43-2008_0000050191.pdf</t>
   </si>
   <si>
     <t>CRIA NO MUNICÍPIO DE MOCOCA O "DIA DO CORTADOR DE CANA"_x000D_
 (VEREADOR CARLOS ROBERTO BASÁGLIA )</t>
   </si>
   <si>
     <t>14182</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14182/projeto_de_lei_n44-2008_0000050198.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14182/projeto_de_lei_n44-2008_0000050198.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUMENTO NOS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE MOCOCA, A TITULO DE RECOMPOSIÇÃO DA PERDA DO PODER AQUISITIVO AO LONGO DO ANO DE 2008</t>
   </si>
   <si>
     <t>14185</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14185/projeto_de_lei_n45-2008_0000050206.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14185/projeto_de_lei_n45-2008_0000050206.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUMENTO NOS SUBSÍDIOS DOS VEREADORES QUE COMPÕEM A CÂMARA MUNICIPAL DE MOCOCA, A TÍTULO DE RECOMPOSIÇÃO DA PERDA DO PODER AQUISITIVO AO LONGO DO ANO DE 2008</t>
   </si>
   <si>
     <t>14186</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14186/projeto_de_lei_46-2008_0000050214.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14186/projeto_de_lei_46-2008_0000050214.pdf</t>
   </si>
   <si>
     <t>14187</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14187/projeto_de_lei_n47-2008_0000050228.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14187/projeto_de_lei_n47-2008_0000050228.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM ENTIDADE OBRAS SOCIAIS DA PARÓQUIA DE SANTA LUZIA DE MOCOCA</t>
   </si>
   <si>
     <t>14188</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14188/projeto_de_lei_n48-2008_0000050261.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14188/projeto_de_lei_n48-2008_0000050261.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROIBIÇÃO DE EXECUÇÃO DE SERVIÇOS E DEPÓSITOS DE MATERIAIS DE CONSTRUÇÃO CIVIL EM LOGRADOUROS PÚBLICOS _x000D_
 (VEREADOR ALOYSIO TALIBERTI FILHO)</t>
   </si>
   <si>
     <t>14189</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14189/projeto_de_lei_n49-2008_0000050273.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14189/projeto_de_lei_n49-2008_0000050273.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE OBRAS SOCIAIS DA PARÓQUIA DE SANTA LUZIA DE MOCOCA</t>
   </si>
   <si>
     <t>14190</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14190/pl_n50-2008_0000050480.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14190/pl_n50-2008_0000050480.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE MOCOCA A CELEBRAR CONVÊNIO DE COOPERAÇÃO TÉCNICA COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DO ESTADO DA HABITAÇÃO</t>
   </si>
   <si>
     <t>14191</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14191/pl_n51-2008_0000050491.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14191/pl_n51-2008_0000050491.pdf</t>
   </si>
   <si>
     <t>ALTERA  A LEI Nº 2480, DE 17 DE MAIO DE 1994, QUE TRATA DO CONSELHO TUTELAR DO MUNICÍPIO DE MOCOCA</t>
   </si>
   <si>
     <t>14192</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14192/pl_n52-2008_0000050506.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14192/pl_n52-2008_0000050506.pdf</t>
   </si>
   <si>
     <t>CRIA NO MUNICÍPIO DE MOCOCA O "DIA DO TRABALHO RURAL"_x000D_
 (VEREADOR ELIAS DE SISTO)</t>
   </si>
   <si>
     <t>14193</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14193/pl_n53-2008_0000050514.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14193/pl_n53-2008_0000050514.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A PRORROGAR CONVÊNIO Nº 004/200, CELEBRANDO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA.</t>
   </si>
   <si>
     <t>14194</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14194/pl_n54-2008_0000050525.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14194/pl_n54-2008_0000050525.pdf</t>
   </si>
   <si>
     <t>14196</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14196/pl_n55-2008_0000050536.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14196/pl_n55-2008_0000050536.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE HABITAÇÃO SOCIAL - FNHIS E INSTITUI O CONSELHO - GESTOR DO FNHIS</t>
   </si>
   <si>
     <t>14197</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14197/pl_n56-2008_0000050550.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14197/pl_n56-2008_0000050550.pdf</t>
   </si>
   <si>
     <t>LIBERA OS PRAZOS DE OUTORGA DE ESCRITURAS DOS LOTES URBANIZADOS DA RUA ROSA MARTINS, NO DISTRITO DE SÃO BENEDITO DAS AREIAS, QUE JÁ ESTEJAM COM EDIFICAÇÕES CONCLUÍDAS</t>
   </si>
   <si>
     <t>14198</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14198/pl_n57-2008_0000050559.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14198/pl_n57-2008_0000050559.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICÍPIO DE MOCOCA A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS FILANTRÓPICAS, COM OBJETIVO DE ATENDER ADOLESCENTES ENTRE 12 E 18 ANOS DE IDADE EM SITUAÇÃO DE RISCO OU ABANDONO</t>
   </si>
   <si>
     <t>14199</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14199/pl_n58-2008_0000050573.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14199/pl_n58-2008_0000050573.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ADIAR CONVÊNIO Nº 026/2008 CELEBRADO COM A APAE - ASSOCIAÇÃO DOS PAIS E AMIGOS DOS EXCEPCIONAIS DE MOCOCA</t>
   </si>
   <si>
     <t>14200</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14200/pl_n59-2008_0000050581.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14200/pl_n59-2008_0000050581.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JULIO DE OLIVEIRA, A RUA Nº 4, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR JOSE FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14201</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14201/pl_n60-2008_0000050697.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14201/pl_n60-2008_0000050697.pdf</t>
   </si>
   <si>
     <t>DENOMINA DORIVAL VERONEZ, A ÁREA DE LAZER Nº2, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR JOSE FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14202</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14202/pl_n61-2008_0000050598.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14202/pl_n61-2008_0000050598.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ONOFRA CRUZ BARBOZA, A ÁREA VERDE/SISTEMA DE LAZER DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL"_x000D_
 (VEREADOR JOSÉ FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14203</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14203/pl_n62_2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14203/pl_n62_2008.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTONIO XAVIER, A AVENIDA Nº1, DAS CHÁCARAS CAPELINHA_x000D_
 (VEREADOR JOSE FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14204</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14204/pl_n63-2008_0000050639.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14204/pl_n63-2008_0000050639.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE SILVIA MARA XAVIER DE MELLO, A RUA Nº 1, DAS CHACARAS CAPELINHA_x000D_
 (VEREADOR JOSE FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14205</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14205/pl_n64-2008_0000050658.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14205/pl_n64-2008_0000050658.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE DONI PAZOTI, A ÁREA DE LAZER Nº5, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR BENEDITO JOSE DE SOUZA)</t>
   </si>
   <si>
     <t>14206</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14206/pl_n65-2008_0000050666.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14206/pl_n65-2008_0000050666.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ MARQUES DA SILVA, A RUA Nº4, DO LOTEAMENTO RESIDENCIAL DE INTERESSE SOCIAL: "JARDIM PROGRESSO"_x000D_
 (VEREADOR BENEDITO JOSÉ DE SOUZA)</t>
   </si>
   <si>
     <t>14207</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14207/pl_n66-2008_0000050674.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14207/pl_n66-2008_0000050674.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE MARTINHO CARLOS CARLOS COLPANI, A ÁREA DE LAZER Nº 1, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR BENEDITO JOSE DE SOUZA)</t>
   </si>
   <si>
     <t>14208</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14208/pl_n67-2008_0000050681.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14208/pl_n67-2008_0000050681.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOÃO FRANCISCO DUTRA, A RUA Nº 8, DO LOTEAMENTO RESIDENCIAL "ANITA VENTURI PRICOLI"_x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14209</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14209/pl_n68-2008_0000050706.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14209/pl_n68-2008_0000050706.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE NICANOR CAETANO DA SILVA, A RUA Nº 5, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR JOÃO BATISTA MARTINS)</t>
   </si>
   <si>
     <t>14210</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14210/pl_n69-2008_0000050715.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14210/pl_n69-2008_0000050715.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ISODORO TREPADOR, A RUA PROJETADA, QUE INTERLIGA A AVENIDA TIRADENTES A AVENIDA JOÃO BATISTA LIMA FIGUEIREDO_x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14211</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14211/pl_n70-2008_0000050731.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14211/pl_n70-2008_0000050731.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTONIO ROMERO, A RUA Nº 8, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR CARLOS ROBERTO BASÁGLIA)</t>
   </si>
   <si>
     <t>14212</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14212/pl_n71-2008_0000050740.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14212/pl_n71-2008_0000050740.pdf</t>
   </si>
   <si>
     <t>DENOMINANDO DE BRUNO SERGIO GRILONE (ZANATA)  A RUA 12, DO LOTEAMENTO "SÃO DOMINGOS PARQUE ECOLÓGICO ROQUE TURNÊS"._x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14213</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14213/pl_n72-2008_0000050748.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14213/pl_n72-2008_0000050748.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LUIZ DOS SANTOS, A RUA Nº1, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14214</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14214/pl_n73-2008_0000050758.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14214/pl_n73-2008_0000050758.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTÔNIO BERNARDO (DOLOR), A ÁREA DE LAZER Nº7, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR ELIAS DE SISTO)</t>
   </si>
   <si>
     <t>14215</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14215/pl_n74-2008_0000050767.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14215/pl_n74-2008_0000050767.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE MARIO PRADO DE REZENDE, A ÁREA VERDE/SISTEMA DE LAZER DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL"_x000D_
 (VEREADOR ELIAS DE SISTO)</t>
   </si>
   <si>
     <t>14216</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14216/pl_n75-2008_0000050776.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14216/pl_n75-2008_0000050776.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOÃO BATISTA PEREIRA, A RUA Nº6, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR FRANCISCO ALAMINO FILHO)</t>
   </si>
   <si>
     <t>14217</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14217/pl_n76-2008_0000050784.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14217/pl_n76-2008_0000050784.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ALBNO ROTTA, A RUA Nº8, DO LOTEAMENTO RESIDENCIAL "ANITA VENTURI PRICOLI"_x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14218</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14218/pl__n77-2008_0000050848.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14218/pl__n77-2008_0000050848.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOCOCA, PARA EXERCÍCIO DE 2009</t>
   </si>
   <si>
     <t>14219</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14219/pl_n78-2008_0000050869.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14219/pl_n78-2008_0000050869.pdf</t>
   </si>
   <si>
     <t>PROÍBE GUARDAS OU VIGILANTES NOTURNOS USAREM BUZINAS OU APITOS NAS VIAS E LOGRADOUROS PUBLICAS APÓS AS 22H HORAS_x000D_
 (VEREADOR JOSÉ FRANCISCO RIBEIRO)</t>
   </si>
   <si>
     <t>14220</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14220/pl79-2008_0000050886.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14220/pl79-2008_0000050886.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA, OBJETIVANDO O REPASSE DE VALORES QUE ESPECIFICA E DA DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>14221</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14221/pl_n80-2008_0000050908.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14221/pl_n80-2008_0000050908.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PEDRO SUKADOLNIK, A ALAMEDA Nº1, DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL"</t>
   </si>
   <si>
     <t>14222</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14222/pl_n81-2008_0000050916.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14222/pl_n81-2008_0000050916.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTONIO JOSÉ GREGHI, A ÁREA DE LAZER Nº3, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR ALOYSIO TALIBERTI FILHO)</t>
   </si>
   <si>
     <t>14223</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14223/pl_n82-2008_0000050925.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14223/pl_n82-2008_0000050925.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LUIZ BRAULINO MARTINS, A RUA Nº3, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR ALOYSIO TALIBERTI FILHO)</t>
   </si>
   <si>
     <t>14224</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14224/pl_n83-2008_0000050932.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14224/pl_n83-2008_0000050932.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR O PRAZO DE VIGÊNCIA DOS CONVÊNIOS CELEBRADOS COM AUTORIZAÇÃO DA LEI Nº 3753, DE 20 DE DEZEMBRO DE 2007</t>
   </si>
   <si>
     <t>14225</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14225/pl_n84-2008_0000050942.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14225/pl_n84-2008_0000050942.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE DR. ALOYSIO TALIBERTI, A ALAMEDA Nº2, DO CONDOMINIO FECHADO "RESIDENCIAL LAGO AZUL"_x000D_
 (VEREADOR JOÃO BATISTA MARTINS)</t>
   </si>
   <si>
     <t>14226</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14226/pl_n85-2008_0000050949.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14226/pl_n85-2008_0000050949.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTº3 NA LEI Nº 3675, DE 18 DE DEZEMBRO DE 2006</t>
   </si>
   <si>
     <t>14227</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14227/pl_n86-2008_0000050961.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14227/pl_n86-2008_0000050961.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA " COMUNIDADE MISSIONÁRIA CAMINHO, VERDADE E VIDA"_x000D_
 (VEREADOR ALOYSIO TALIBERTI FILHO)</t>
   </si>
   <si>
     <t>14228</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14228/pl_n87-2008_0000050993.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14228/pl_n87-2008_0000050993.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ARMANDO PUCCIARELLI, A ALAMEDA Nº 4, DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL"_x000D_
 (VEREADOR CARLOS ROBERTO BASÁGLIA)</t>
   </si>
   <si>
     <t>14229</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14229/pl_n88-2008_0000051001.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14229/pl_n88-2008_0000051001.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ROSA PETRARCA MARQUES, O SISTEMA DE LAZER, DO LOTEAMENTO RESIDENCIAL DE INTERESSE SOCIAL "JARDIM PROGRESSO"_x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14230</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14230/pl_n89-2008_0000051009.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14230/pl_n89-2008_0000051009.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE AUGUSTA ALAMINO DA SILVA, A ÁREA VERDE/SISTEMA DE LAZER DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL"_x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14231</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14231/pl_n90-2008_0000051016.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14231/pl_n90-2008_0000051016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEDAÇÃO DE RETIRADA DE MOMENTO INSTALADO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14232</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14232/pl_n91-2008_0000051640.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14232/pl_n91-2008_0000051640.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FRANCISCO DE PAULA GARCIA FILHO, A ÁREA DE LAZER Nº6, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14233</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14233/pl_n92-2008_0000051648.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14233/pl_n92-2008_0000051648.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE CIRENE FRANCISCA DE SISTO, A ÁREA DE LAZER Nº 4, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR JOÃO BATISTA MARTINS)</t>
   </si>
   <si>
     <t>14234</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14234/pl_n93-2008_0000051655.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14234/pl_n93-2008_0000051655.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ROBERTO CONVERSO, A RUA Nº12, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14235</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14235/pl_n94-2008_0000051663.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14235/pl_n94-2008_0000051663.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE OROZIMBO BERNARDES, A AVENIDA 1, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14236</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14236/pl_n95_2008_0000051669.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14236/pl_n95_2008_0000051669.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ADELINO FIRMINO LEMOS, A RUA Nº 5, DO LOTEAMENTO "SÃO DOMINGOS PARQUE ECOLÓGICO ROQUE TURNES"_x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14237</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14237/pl_n96_2008_0000051675.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14237/pl_n96_2008_0000051675.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FRANCISCO MANUEL DE CAMARGO FIGUEIREDO, A RUA Nº10, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR ALOYSIO TALIBERTI FILHO)</t>
   </si>
   <si>
     <t>14238</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14238/pl_n97_2008_0000051683.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14238/pl_n97_2008_0000051683.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR DESTINADOS A REFORÇO DE DOTAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>14239</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14239/pl_n98_2008_0000051703.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14239/pl_n98_2008_0000051703.pdf</t>
   </si>
   <si>
     <t>ALTERA A ALÍNEA "C" DO ARTIGO 5º, DA LEI Nº3746, DE 13 DE DEZEMBRO DE 2007, QUE ESTIMA RECEITA FIXA A DESPESA PARA O EXERCÍCIO DE 2008 NO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>14240</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14240/pl_n99_2008_0000051715.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14240/pl_n99_2008_0000051715.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO III DO ARTIGO 8º, DA LEI Nº 3718, DE 02 DE JULHO DE 2007, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 2008 NO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>14241</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14241/pl_n100_2008_0000051728.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14241/pl_n100_2008_0000051728.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ANEXO CONTENDO AÇÃO GOVERNAMENTAL PARA PROGRAMA DE TERCEIRIZAÇÃO DO TRANSPORTE DE ALUNOS NA LEI Nº 3547, DE 11 DE OUTUBRO DE 2005, QUE TRATA DO PLANO PLURIANUAL 2006/2009</t>
   </si>
   <si>
     <t>14242</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14242/pl_n101_2008_0000051744.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14242/pl_n101_2008_0000051744.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ANEXO V CONTENDO AÇÃO GOVERNAMENTAL PARA PROGRAMA DE TERCEIRIZAÇÃO DO TRANSPORTE DE ALUNOS E O ANEXO VI CONTENDO A UNIDADE EXECUTORA DO REFERIDO PROGRAMA, NA LEI Nº 3794, DE 4 JULHO DE 2008 QUE TRATA DAS DIRETRIZES ORÇAMENTARIAS DO EXERCÍCIO DE 2009</t>
   </si>
   <si>
     <t>14243</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14243/pl_n102_2008_0000051761.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14243/pl_n102_2008_0000051761.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOÃO BATISTA DA SILVEIRA (JOÃO PRA-FRENTE), A ALAMEDA Nº 5, DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL)_x000D_
 (VEREADOR CARLOS ROBERTO BASÁGLIA)</t>
   </si>
   <si>
     <t>14244</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14244/pl_n103_2008_0000051768.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14244/pl_n103_2008_0000051768.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA.</t>
   </si>
   <si>
     <t>14245</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14245/pl_n104_2008_0000051784.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14245/pl_n104_2008_0000051784.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE MOCOCA.</t>
   </si>
   <si>
     <t>14272</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14272/pl_n105_2008_0000051958.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14272/pl_n105_2008_0000051958.pdf</t>
   </si>
   <si>
     <t>14273</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14273/pl_n106_2008_0000051972.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14273/pl_n106_2008_0000051972.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS DO MUNICÍPIO, OBJETIVANDO A DESCENTRALIZAÇÃO DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA SOCIAL, BEM COMO AOS REPASSES DE VALORES QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIA</t>
   </si>
   <si>
     <t>14274</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14274/pl_n107_2008_0000051988.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14274/pl_n107_2008_0000051988.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE SÃO PAULO, INTERMÉDIO DA SECRETARIA ESTADUAL DE ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL, OU A DENOMINAÇÃO QUE VIER A SUCEDER-LHE, OBJETIVANDO A MUNICIPALIZAÇÃO DA GESTÃO DAS AÇÕES DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14275</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14275/pl_n108_2008_0000052000.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14275/pl_n108_2008_0000052000.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS DO MUNICÍPIO, OBJETIVANDO  A DESCENTRALIZAÇÃO DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>14276</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14276/pl_n109_2008_0000052013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14276/pl_n109_2008_0000052013.pdf</t>
   </si>
   <si>
     <t>14278</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14278/pl_n110_2008_0000052026.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14278/pl_n110_2008_0000052026.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE OBRAS SOCIAIS DA PAROQUIA DE SANTA LUZIA DE MOCOCA</t>
   </si>
   <si>
     <t>14281</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14281/pl_n101_2008_0000051744.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14281/pl_n101_2008_0000051744.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ENTIDADE OBRAS SOCIAIS DA PAROQUIA DE SANTA LUZIA MOCOCA</t>
   </si>
   <si>
     <t>14282</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14282/pl_n112_2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14282/pl_n112_2008.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ MICHELIN NETO, A RUA 7, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14283</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14283/pl_n113_2008_0000052100.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14283/pl_n113_2008_0000052100.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ MIRANDA DE ALMEIDA, A ALAMEDA Nº3, DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL"_x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14284</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14284/pl_n_114_2008_0000052107.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14284/pl_n_114_2008_0000052107.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE MARIA MIRANDA MARIANO, A RUA 13, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14285</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14285/pl_n115_2008_0000052116.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14285/pl_n115_2008_0000052116.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OFICIALIZAÇÃO DA "SEMANA  BRUNO GIORGI" E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 (VEREADOR ELIANA GALVANI).</t>
   </si>
   <si>
     <t>14287</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14287/pl_n116_2008_0000052973.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14287/pl_n116_2008_0000052973.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA A "FUNDAÇÃO UNIVERSITÁRIA VIDA CRISTÃ " - FUNVIC_x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14288</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14288/pl_n117_2008_0000053059.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14288/pl_n117_2008_0000053059.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LÁZARO RODRIGUES DA SILVA (LAZINHO BARBEIRO), A RUA 04 DO LOTEAMENTO RESIDENCIAL E INTERESSE SOCIAL "JARDIM PROGRESSO"_x000D_
 (VEREADOR BENEDITO JOSE DE SOUZA)</t>
   </si>
   <si>
     <t>14289</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14289/pl_n118_2008_0000053071.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14289/pl_n118_2008_0000053071.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANA VALERA ALAMINO GARCIA, A RUA Nº11, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR FRANCISCO ALAMINO FILHO)</t>
   </si>
   <si>
     <t>14290</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14290/pl_n119_2008_0000053083.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14290/pl_n119_2008_0000053083.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE GERALDO FOGARIN, A RUA 02 DO LOTEAMENTO RESIDENCIAL DE INTERESSE SOCIAL  "JARDIM PROGRESSO"_x000D_
 (VEREADOR LUIZ BRAZ MARIANO)</t>
   </si>
   <si>
     <t>14293</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14293/pl_n120_2008.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14293/pl_n120_2008.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOÃO ANANIAS, A RUA Nº 2, DO JARDIM DA PAINEIRA._x000D_
 (VEREADOR RONALDO CORRAINI)</t>
   </si>
   <si>
     <t>14295</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14295/pl_n121_2008_0000053108.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14295/pl_n121_2008_0000053108.pdf</t>
   </si>
   <si>
     <t>REVOGA EM SEUS EXPRESSOS TERMOS A LEI Nº 3514, DE 02 DE JUNHO DE 2005_x000D_
 (VEREADOR JOÃO BATISTA MARTINS)</t>
   </si>
   <si>
     <t>14297</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14297/pl_n122_2008_0000053121.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14297/pl_n122_2008_0000053121.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL CELEBRAR CONVÊNIO COM  A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA</t>
   </si>
   <si>
     <t>14298</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14298/pl_n123_2008_0000053138.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14298/pl_n123_2008_0000053138.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL CELEBRAR CONVÊNIO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA</t>
   </si>
   <si>
     <t>14299</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14299/pl_n124_2008_0000053155.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14299/pl_n124_2008_0000053155.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PEDRO GALVANI A  RUA Nº8, DO LOTEAMENTO "SÃO DOMINGOS PARQUE ECOLÓGICO ROQUE TURNES"_x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14300</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14300/pl_n125_2008_0000053166.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14300/pl_n125_2008_0000053166.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE MARIA TERESA CARVALHO GIACÓIA, A RUA Nº9, DO JARDIM DA PAINEIRA_x000D_
 (VEREADOR ITALO MAZIERO JUNIOR)</t>
   </si>
   <si>
     <t>14302</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14302/pl_n126_2008_0000053180.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14302/pl_n126_2008_0000053180.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE CELINH0O MATHEUS, A ALAMEDA Nº6, DO CONDOMÍNIO FECHADO "RESIDENCIAL LAGO AZUL"_x000D_
 (VEREADOR BENEDITO JOSÉ DE SOUZA)</t>
   </si>
   <si>
     <t>14304</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14304/pl_n127_2008_0000053191.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14304/pl_n127_2008_0000053191.pdf</t>
   </si>
   <si>
     <t>PERMITE O USO DO ESPAÇO DO GALPÃO DO AGRONEGÓCIO A EMPRESA FRANCINE COMERCIAL LTDA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2267,68 +2267,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18221/plc_001-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18222/plc_002-2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18223/plc_003-2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18224/plc_004-2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18225/plc_005-2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18226/plc_006-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18227/plc_007-2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18228/plc_008-2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18229/plc_009-2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18230/plc_010-2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18231/plc_011-2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18232/plc_012-2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18233/plc_013-2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18234/plc_014-2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18235/plc_015-2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18236/plc_016-2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18237/plc_017-2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18238/plc_018-2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18239/plc_019-2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18240/plc_020-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18241/plc_021-2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18242/plc_022-2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18303/plc_023-2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18304/plc_025-2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18310/plc_026-2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18307/plc_027-2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18306/plc_028-2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18309/plc_029-2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18308/plc_030-2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14083/projeto_de_lei_n01-2008_0000047881.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14084/projeto_de_lei_n02-2008_0000047890.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14085/projeto_de_lei_n03-2008_0000047971.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14086/projeto_de_lei_n04-2008_0000047982.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14087/projeto_de_lei_n05-2008_0000047990.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14088/projeto_de_lei_n06-2008_0000047998.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14089/projeto_de_lei_n07_2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14090/projeto_de_lei_n08-2008_0000048095.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14091/projeto_de_lei_n09-2008_0000048106.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14092/projeto_de_lei_n10-2008_0000048115.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14093/projeto_de_lei_n11-2008_0000048139.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14094/projeto_de_lei_n12-2008_0000048161.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14095/projeto_de_lei_n13-2008_0000048185.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14096/projeto_de_lei_n14-2008_0000048195.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14101/projeto_de_lei15-2008_0000048209.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14097/projeto_de_lei_n16-2008_0000048222.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14098/projeto_de_lei_n17-2008_0000048240.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14099/projeto_de_lei_n18-2008_0000048262.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14100/projeto_de_lei_de_19-2008_0000048277.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14102/projeto_de_lei_n20-2008_0000048290.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14103/projeto_de_lei_n21-2008_0000048305.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14105/projeto_de_lei_n22-2008_0000048318.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14106/projeto_de_lei_n23-2008_0000048331.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14107/projeto_de_lei_n24-2008_0000049265.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14108/projeto_de_lei_n25-2008_0000049278.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14109/projeto_de_lei_n26-2008_0000049291.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14110/projeto_de_lei_n27-2008_0000049301.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14111/projeto_de_lei_n28-2008_0000049318.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14112/projeto_de_lei_n29-2008_0000049330.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14113/projeto_de_lei_n30-2008_0000049335.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14114/projeto_de_lei_n30-2008_0000049335.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14116/projeto_de_lei_n32-2008_0000049353.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14117/projeto_de_lei_n33_-2008_0000049361.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14118/projeto_de_lei_n34-2008_0000049368.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14119/projeto_de_lei_n35-2008_0000049392.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14120/projeto_de_lei_n_36-2008_0000049402.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14121/projeto_de_lei_n37-2008_0000049415.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14122/projeto_de_lei_n38-2008_0000049432.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14123/projeto_de_lei_n39-2008.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14124/projeto_de_lei_n40-2008_0000049589.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14177/projeto_de_lei_n41-2008_0000050152.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14179/projeto_de_lei_n42-2008_0000050180.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14181/projeto_de_lei_n43-2008_0000050191.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14182/projeto_de_lei_n44-2008_0000050198.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14185/projeto_de_lei_n45-2008_0000050206.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14186/projeto_de_lei_46-2008_0000050214.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14187/projeto_de_lei_n47-2008_0000050228.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14188/projeto_de_lei_n48-2008_0000050261.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14189/projeto_de_lei_n49-2008_0000050273.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14190/pl_n50-2008_0000050480.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14191/pl_n51-2008_0000050491.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14192/pl_n52-2008_0000050506.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14193/pl_n53-2008_0000050514.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14194/pl_n54-2008_0000050525.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14196/pl_n55-2008_0000050536.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14197/pl_n56-2008_0000050550.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14198/pl_n57-2008_0000050559.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14199/pl_n58-2008_0000050573.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14200/pl_n59-2008_0000050581.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14201/pl_n60-2008_0000050697.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14202/pl_n61-2008_0000050598.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14203/pl_n62_2008.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14204/pl_n63-2008_0000050639.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14205/pl_n64-2008_0000050658.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14206/pl_n65-2008_0000050666.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14207/pl_n66-2008_0000050674.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14208/pl_n67-2008_0000050681.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14209/pl_n68-2008_0000050706.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14210/pl_n69-2008_0000050715.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14211/pl_n70-2008_0000050731.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14212/pl_n71-2008_0000050740.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14213/pl_n72-2008_0000050748.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14214/pl_n73-2008_0000050758.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14215/pl_n74-2008_0000050767.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14216/pl_n75-2008_0000050776.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14217/pl_n76-2008_0000050784.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14218/pl__n77-2008_0000050848.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14219/pl_n78-2008_0000050869.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14220/pl79-2008_0000050886.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14221/pl_n80-2008_0000050908.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14222/pl_n81-2008_0000050916.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14223/pl_n82-2008_0000050925.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14224/pl_n83-2008_0000050932.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14225/pl_n84-2008_0000050942.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14226/pl_n85-2008_0000050949.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14227/pl_n86-2008_0000050961.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14228/pl_n87-2008_0000050993.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14229/pl_n88-2008_0000051001.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14230/pl_n89-2008_0000051009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14231/pl_n90-2008_0000051016.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14232/pl_n91-2008_0000051640.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14233/pl_n92-2008_0000051648.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14234/pl_n93-2008_0000051655.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14235/pl_n94-2008_0000051663.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14236/pl_n95_2008_0000051669.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14237/pl_n96_2008_0000051675.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14238/pl_n97_2008_0000051683.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14239/pl_n98_2008_0000051703.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14240/pl_n99_2008_0000051715.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14241/pl_n100_2008_0000051728.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14242/pl_n101_2008_0000051744.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14243/pl_n102_2008_0000051761.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14244/pl_n103_2008_0000051768.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14245/pl_n104_2008_0000051784.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14272/pl_n105_2008_0000051958.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14273/pl_n106_2008_0000051972.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14274/pl_n107_2008_0000051988.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14275/pl_n108_2008_0000052000.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14276/pl_n109_2008_0000052013.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14278/pl_n110_2008_0000052026.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14281/pl_n101_2008_0000051744.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14282/pl_n112_2008.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14283/pl_n113_2008_0000052100.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14284/pl_n_114_2008_0000052107.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14285/pl_n115_2008_0000052116.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14287/pl_n116_2008_0000052973.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14288/pl_n117_2008_0000053059.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14289/pl_n118_2008_0000053071.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14290/pl_n119_2008_0000053083.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14293/pl_n120_2008.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14295/pl_n121_2008_0000053108.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14297/pl_n122_2008_0000053121.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14298/pl_n123_2008_0000053138.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14299/pl_n124_2008_0000053155.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14300/pl_n125_2008_0000053166.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14302/pl_n126_2008_0000053180.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14304/pl_n127_2008_0000053191.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2008/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18221/plc_001-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18222/plc_002-2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18223/plc_003-2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18224/plc_004-2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18225/plc_005-2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18226/plc_006-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18227/plc_007-2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18228/plc_008-2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18229/plc_009-2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18230/plc_010-2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18231/plc_011-2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18232/plc_012-2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18233/plc_013-2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18234/plc_014-2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18235/plc_015-2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18236/plc_016-2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18237/plc_017-2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18238/plc_018-2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18239/plc_019-2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18240/plc_020-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18241/plc_021-2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18242/plc_022-2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18303/plc_023-2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18304/plc_025-2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18310/plc_026-2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18307/plc_027-2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18306/plc_028-2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18309/plc_029-2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/18308/plc_030-2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14083/projeto_de_lei_n01-2008_0000047881.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14084/projeto_de_lei_n02-2008_0000047890.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14085/projeto_de_lei_n03-2008_0000047971.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14086/projeto_de_lei_n04-2008_0000047982.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14087/projeto_de_lei_n05-2008_0000047990.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14088/projeto_de_lei_n06-2008_0000047998.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14089/projeto_de_lei_n07_2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14090/projeto_de_lei_n08-2008_0000048095.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14091/projeto_de_lei_n09-2008_0000048106.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14092/projeto_de_lei_n10-2008_0000048115.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14093/projeto_de_lei_n11-2008_0000048139.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14094/projeto_de_lei_n12-2008_0000048161.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14095/projeto_de_lei_n13-2008_0000048185.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14096/projeto_de_lei_n14-2008_0000048195.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14101/projeto_de_lei15-2008_0000048209.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14097/projeto_de_lei_n16-2008_0000048222.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14098/projeto_de_lei_n17-2008_0000048240.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14099/projeto_de_lei_n18-2008_0000048262.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14100/projeto_de_lei_de_19-2008_0000048277.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14102/projeto_de_lei_n20-2008_0000048290.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14103/projeto_de_lei_n21-2008_0000048305.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14105/projeto_de_lei_n22-2008_0000048318.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14106/projeto_de_lei_n23-2008_0000048331.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14107/projeto_de_lei_n24-2008_0000049265.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14108/projeto_de_lei_n25-2008_0000049278.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14109/projeto_de_lei_n26-2008_0000049291.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14110/projeto_de_lei_n27-2008_0000049301.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14111/projeto_de_lei_n28-2008_0000049318.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14112/projeto_de_lei_n29-2008_0000049330.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14113/projeto_de_lei_n30-2008_0000049335.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14114/projeto_de_lei_n30-2008_0000049335.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14116/projeto_de_lei_n32-2008_0000049353.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14117/projeto_de_lei_n33_-2008_0000049361.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14118/projeto_de_lei_n34-2008_0000049368.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14119/projeto_de_lei_n35-2008_0000049392.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14120/projeto_de_lei_n_36-2008_0000049402.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14121/projeto_de_lei_n37-2008_0000049415.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14122/projeto_de_lei_n38-2008_0000049432.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14123/projeto_de_lei_n39-2008.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14124/projeto_de_lei_n40-2008_0000049589.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14177/projeto_de_lei_n41-2008_0000050152.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14179/projeto_de_lei_n42-2008_0000050180.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14181/projeto_de_lei_n43-2008_0000050191.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14182/projeto_de_lei_n44-2008_0000050198.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14185/projeto_de_lei_n45-2008_0000050206.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14186/projeto_de_lei_46-2008_0000050214.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14187/projeto_de_lei_n47-2008_0000050228.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14188/projeto_de_lei_n48-2008_0000050261.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14189/projeto_de_lei_n49-2008_0000050273.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14190/pl_n50-2008_0000050480.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14191/pl_n51-2008_0000050491.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14192/pl_n52-2008_0000050506.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14193/pl_n53-2008_0000050514.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14194/pl_n54-2008_0000050525.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14196/pl_n55-2008_0000050536.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14197/pl_n56-2008_0000050550.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14198/pl_n57-2008_0000050559.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14199/pl_n58-2008_0000050573.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14200/pl_n59-2008_0000050581.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14201/pl_n60-2008_0000050697.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14202/pl_n61-2008_0000050598.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14203/pl_n62_2008.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14204/pl_n63-2008_0000050639.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14205/pl_n64-2008_0000050658.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14206/pl_n65-2008_0000050666.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14207/pl_n66-2008_0000050674.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14208/pl_n67-2008_0000050681.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14209/pl_n68-2008_0000050706.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14210/pl_n69-2008_0000050715.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14211/pl_n70-2008_0000050731.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14212/pl_n71-2008_0000050740.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14213/pl_n72-2008_0000050748.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14214/pl_n73-2008_0000050758.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14215/pl_n74-2008_0000050767.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14216/pl_n75-2008_0000050776.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14217/pl_n76-2008_0000050784.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14218/pl__n77-2008_0000050848.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14219/pl_n78-2008_0000050869.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14220/pl79-2008_0000050886.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14221/pl_n80-2008_0000050908.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14222/pl_n81-2008_0000050916.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14223/pl_n82-2008_0000050925.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14224/pl_n83-2008_0000050932.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14225/pl_n84-2008_0000050942.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14226/pl_n85-2008_0000050949.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14227/pl_n86-2008_0000050961.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14228/pl_n87-2008_0000050993.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14229/pl_n88-2008_0000051001.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14230/pl_n89-2008_0000051009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14231/pl_n90-2008_0000051016.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14232/pl_n91-2008_0000051640.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14233/pl_n92-2008_0000051648.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14234/pl_n93-2008_0000051655.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14235/pl_n94-2008_0000051663.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14236/pl_n95_2008_0000051669.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14237/pl_n96_2008_0000051675.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14238/pl_n97_2008_0000051683.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14239/pl_n98_2008_0000051703.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14240/pl_n99_2008_0000051715.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14241/pl_n100_2008_0000051728.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14242/pl_n101_2008_0000051744.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14243/pl_n102_2008_0000051761.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14244/pl_n103_2008_0000051768.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14245/pl_n104_2008_0000051784.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14272/pl_n105_2008_0000051958.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14273/pl_n106_2008_0000051972.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14274/pl_n107_2008_0000051988.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14275/pl_n108_2008_0000052000.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14276/pl_n109_2008_0000052013.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14278/pl_n110_2008_0000052026.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14281/pl_n101_2008_0000051744.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14282/pl_n112_2008.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14283/pl_n113_2008_0000052100.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14284/pl_n_114_2008_0000052107.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14285/pl_n115_2008_0000052116.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14287/pl_n116_2008_0000052973.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14288/pl_n117_2008_0000053059.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14289/pl_n118_2008_0000053071.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14290/pl_n119_2008_0000053083.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14293/pl_n120_2008.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14295/pl_n121_2008_0000053108.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14297/pl_n122_2008_0000053121.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14298/pl_n123_2008_0000053138.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14299/pl_n124_2008_0000053155.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14300/pl_n125_2008_0000053166.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14302/pl_n126_2008_0000053180.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2008/14304/pl_n127_2008_0000053191.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>