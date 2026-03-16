--- v0 (2025-12-06)
+++ v1 (2026-03-16)
@@ -54,150 +54,150 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO MINISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO - PROMOTORIA DE JUSTIÇA DA COMARCA DE MOCOCA PARA QUE INFORME O SEGUINTE. </t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2872/2872_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2872/2872_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXMO. SR. DR. ANDRÉ CAMILO CASTRO JARDIM, PROMOTOR DE JUSTIÇA DA COMARCA DE MOCOCA, NO SENTIDO DE REALIZAR A MANUTENÇÃO E CONSERVAÇÃO (RECAPEAMENTO DA PAVIMENTAÇÃO ASFÁLTICA) NA RUA BAHIA, NO BAIRRO VILA SANTA ROSA.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO INFORMAÇÕES AO EXMO. SR. PROMOTOR DE JUSTIÇA DE MOCOCA, DR. ANDRÉ CAMILO CASTRO   JARDIM, ACERCA DA ATUAÇÃO DESTA PROMOTORIA JUNTO AO PODER EXECUTIVO MUNICIPAL OBJETIVANDO A REGULARIZAÇÃO E LEGALIZAÇÃO DO CONDOMÍNIO POR DO SOL, ATRAVÉS DO PROGRAMA CIDADE LEGAL. </t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO INFORMAÇÕES AO EXMO. SR. PROMOTOR DE JUSTIÇA DA 2ª VARA DA COMARCA DE MOCOCA, DR. ANDRÉ CAMILO CASTRO JARDIM, ACERCA DA ATUAÇÃO DESTA PROMOTORIA JUNTO AO PODER EXECUTIVO MUNICIPAL OBJETIVANDO A MELHORIA DOS SANITÁRIOS DO MERCADO MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO MINISTÉRIO DA JUSTIÇA, ACERCA DOS TERMOS E CRITÉRIOS PARA A CLASSIFICAÇÃO INDICATIVA DE EXIBIÇÕES DE PROGRAMAS E FILMES NA TV E CINEMA. </t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>Guilherme, Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Elias de Sisto 2013-2016, Fatinha, Luiz Braz Mariano, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXMO. SR. PROMOTOR DE JUSTIÇA DA 2ª VARA DA COMARCA DE MOCOCA, DR. ANDRÉ CAMILO CASTRO JARDIM ACERCA DO CONDOMÍNIO POR DO SOLE POSSÍVEIS PROVIDÊNCIAS A SEREM TOMADAS PARA AMENIZAR A SITUAÇÃO ATUAL DAS FAMÍLIAS LÁ RESIDENTES.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>Luiz Braz Mariano, Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Chico do Sindicato, Elias de Sisto 2013-2016, Fatinha, Guilherme, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL DE MOCOCA, SOBRE OFÍCIO ENCAMINHADO À ESTA CASA PELO MINISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AOS EXMOS. SRS. PROMOTORES DE JUSTIÇA DA COMARCA MOCOCA, ACERCA DA AÇÃO CIVIL PÚBLICA IMPETRADA CONTRA O MUNICÍPIO DE MOCOCA, TRANSITADO EM JULGADO, OBRIGANDO O MUNICÍPIO A DISPONIBILIZAR ATENDIMENTO NO PRÓPRIO MUNICÍPIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO SOCIAL. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -504,67 +504,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2872/2872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3305/3305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2872/2872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3237/3237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3015/3015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>