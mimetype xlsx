--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -54,249 +54,249 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16746</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Eduardo Barison 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16746/pdl_002_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16746/pdl_002_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO DR. ANDRÉ VITOR DE FREITAS.</t>
   </si>
   <si>
     <t>16747</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16747/pdl_003_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16747/pdl_003_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO DR. ROVILSON SIQUEIRA.</t>
   </si>
   <si>
     <t>16748</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16748/pdl_004_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16748/pdl_004_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. JOÃO BERNARDINO CARRERE.</t>
   </si>
   <si>
     <t>16749</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16749/pdl_005_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16749/pdl_005_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. DIOMAR PRIMO STANZANI.</t>
   </si>
   <si>
     <t>16750</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16750/pdl_006_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16750/pdl_006_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ MOCOQUENSE À SRA. PALMIRA ESCOVINI VIEIRA.</t>
   </si>
   <si>
     <t>16751</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16751/pdl_007_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16751/pdl_007_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO DR. VANDERLEI JOSÉ JÚNIOR,</t>
   </si>
   <si>
     <t>16752</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16752/pdl_008_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16752/pdl_008_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO DR. MARCELO GAINO COSTA.</t>
   </si>
   <si>
     <t>16753</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16753/pdl_009_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16753/pdl_009_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. JACINTO BELARMINO DA SILVA.</t>
   </si>
   <si>
     <t>16754</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16754/pdl_010_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16754/pdl_010_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. GIOVANNI GALLO.</t>
   </si>
   <si>
     <t>16755</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16755/pdl_011_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16755/pdl_011_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. JOAQUIM RAIMUNDO MARTINS.</t>
   </si>
   <si>
     <t>16756</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16756/pdl_012_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16756/pdl_012_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. JOÃO LUIZ FIGUEIRA.</t>
   </si>
   <si>
     <t>16757</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Elias de Sisto</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16757/pdl_013_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16757/pdl_013_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. PAULO SÉRGIO FÉLIX DA SILVA.</t>
   </si>
   <si>
     <t>16758</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Renato do Gás 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16758/pdl_014_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16758/pdl_014_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. VALTER PAULINO DOS SANTOS.</t>
   </si>
   <si>
     <t>16759</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16759/pdl_015_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16759/pdl_015_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ MOCOQUENSE A SRA. GENI MILANEZI DOS SANTOS.</t>
   </si>
   <si>
     <t>16760</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16760/pdl_016_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16760/pdl_016_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO DR. LUIZ FERNANDO CIPOLA DA COSTA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -603,68 +603,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16746/pdl_002_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16747/pdl_003_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16748/pdl_004_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16749/pdl_005_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16750/pdl_006_2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16751/pdl_007_2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16752/pdl_008_2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16753/pdl_009_2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16754/pdl_010_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16755/pdl_011_2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16756/pdl_012_2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16757/pdl_013_2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16758/pdl_014_2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16759/pdl_015_2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16760/pdl_016_2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16746/pdl_002_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16747/pdl_003_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16748/pdl_004_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16749/pdl_005_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16750/pdl_006_2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16751/pdl_007_2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16752/pdl_008_2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16753/pdl_009_2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16754/pdl_010_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16755/pdl_011_2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16756/pdl_012_2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16757/pdl_013_2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16758/pdl_014_2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16759/pdl_015_2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/16760/pdl_016_2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="79" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>