--- v0 (2025-12-09)
+++ v1 (2026-03-27)
@@ -54,216 +54,216 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/1541/plo_099_2013.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/1541/plo_099_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DE MULTA AO CIDADÃO QUE FOR FLAGRADO JOGANDO LIXO NOS LOGRADOUROS PÚBLICOS FORA DOS EQUIPAMENTOS DESTINADOS PARA ESTE FIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4428/4428_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4428/4428_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, SOBRE COLETA SELETIVA DE LIXO DOMICILIAR. </t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA IMPLANTAÇÃO DE USINA DE RECICLAGEM DE RESÍDUOS SÓLIDOS (LIXO RECICLÁVEL), APOIO E INCENTIVO AO ASSOCIATIVISMO E COOPERATIVISMO DOS CATADORES NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Fatinha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3360/3360_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3360/3360_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE PLACA SINALIZADORA INDICANDO "PROIBIDO JOGAR LIXO E ENTULHOS", DE FRONTE AO Nº 1365 DA AV. JACINTHO PISANI, NO BAIRRO NENÊ PEREIRA LIMA.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4497/4497_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4497/4497_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA RUA DA FÉ, NO BAIRRO NENÊ PEREIRA LIMA.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE SERVIÇOS DE LIMPEZA E REMOÇÃO DE ENTULHOS NA RUA GIANNA BERETTA MOLA, NO BAIRRO NENÊ PEREIRA LIMA. </t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Renato do Gás 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4045/4045_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4045/4045_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA DESTINAÇÃO DE LOCAL PARA ARMAZENAGEM DE MATERIAIS RECICLÁVEIS RECOLHIDOS POR "CATADORES". </t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4405/4405_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4405/4405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, SOBRE CUMPRIMENTOS DE LEI EM VIGOR, RELATIVAMENTE À DEPÓSITOS DE LIXO EM LOCAIS IMPRÓPRIOS E OUTRAS IRREGULARIDADES. </t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3272/3272_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3272/3272_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA AMPLIAÇÃO DOS SERVIÇOS DE COLETA E REMOÇÃO DE LIXO NO EMPREENDIMENTO COMERCIAL DENOMINADO "BOULEVARD". </t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DOS SERVIÇOS DE AMPLIAÇÃO DA LIXEIRA COLETIVA DO BAIRRO DE CANOAS.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS SERVIÇOS DE LIMPEZA E REMOÇÃO DE LIXO E ENTULHOS NA RUA VARO BORGES DOS REIS, NO BAIRRO NENÊ PEREIRA LIMA. </t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4231/4231_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4231/4231_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE COLETA DE LIXO NA SEDE DO MUNICÍPIO DE MOCOCA, BEM COMO ATUAL ESTADO DOS CAMINHÕES PRÓPRIOS PARA TAL FINALIDADE. </t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3318/3318_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3318/3318_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE LIXEIRAS NA PRAÇA PROF. JOÃO CID GODOY, NO JARDIM ALVORADA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -570,67 +570,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/1541/plo_099_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4428/4428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3360/3360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4497/4497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4045/4045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4405/4405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3272/3272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4231/4231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3318/3318_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2013/1541/plo_099_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4428/4428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3360/3360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4497/4497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4045/4045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4405/4405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3272/3272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2990/2990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2909/2909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4231/4231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3318/3318_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="222.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>