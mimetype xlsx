--- v0 (2025-12-06)
+++ v1 (2026-03-26)
@@ -54,609 +54,609 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Elias de Sisto 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À EXMA. SRA. PREFEITA MUNICIPAL INSTALAÇÃO DE CORRIMÃO NA PONTE QUE INTERLIGA OS BAIRROS VILA NAUFEL E DESCANSO. </t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Fatinha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À EXMA. SRA. PREFEITA MUNICIPAL INSTALAÇÃO DE UNIDADE DE ESTRATÉGIA SAÚDE DA FAMÍLIA - ESF NO BAIRRO JOSÉ JUSTI. </t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4540/4540_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4540/4540_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À EXMA. SRA. PREFEITA MUNICIPAL INSTALAÇÃO DE REDUTORES DE VELOCIDADE E SINALIZAÇÃO DE TRÂNSITO NA VICINAL MOCOCA/DISTRITO DE IGARAÍ. </t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA  DA ATUAÇÃO JUNTO À TELEFÔNICA/VIVO, OBJETIVANDO A INSTALAÇÃO DE TELEFONE PÚBLICO NO BAIRRO ANITA VENTURI PRÍCOLI. </t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4512/4512_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4512/4512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE SINALIZAÇÃO DE TRÂNSITO EM LOCAL QUE ESPECÍFICA NO BAIRRO SANTA CECÍLIA. </t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>Chico do Sindicato, Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3389/3389_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3389/3389_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXMO. SECRETÁRIO DE GESTÃO PÚBLICA DO ESTADO, DAVI ZAIA, SOBRE INSTALAÇÃO DO ACESSA SP NO DISTRITO DE SÃO BENEDITO DAS AREIAS, NO MUNICÍPIO DE MOCOCA. </t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4253/4253_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4253/4253_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXMO. GERENTE DO ACESSA SÃO PAULO, ENG. EMÍLIO BIZON NETO, SOBRE INSTALAÇÃO DO ACESSA SP NO DISTRITO DE SÃO BENEDITO DAS AREIAS, NO MUNICÍPIO DE MOCOCA. </t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À RENOVIAS CONCESSIONÁRIA S.A ACERCA DA CONTINUIDADE DA INSTALAÇÃO DE GRADE DE PROTEÇÃO NO BAIRRO JOSÉ JUSTI, NO MUNICÍPIO DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA ATUAÇÃO JUNTO A TELEFÔNICA/VIVO, OBJETIVANDO A INSTALAÇÃO DE CENTRAL DE FIBRA ÓTICA PARA O DISTRITO INDUSTRIAL II. </t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À TELEFÔNICA/VIVO ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE CENTRAL DE FIBRA ÓTICA PARA O DISTRITO INDUSTRIAL II. </t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE GALPÃO DESTINADO AO ARMAZENAMENTO DE "PNEUS USADOS". </t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXMO. SR. MINISTRO DA SAÚDE, DR. ALEXANDRE PADILHA, SOBRE POSSIBILIDADE DE INSTALAÇÃO DE UNIDADE DE ESTRATÉGIA SAÚDE DA FAMÍLIA - ESF NO BAIRRO JOSÉ JUSTI, NO MUNICÍPIO DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4247/4247_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4247/4247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA  DA INSTALAÇÃO DE UNIDADE DE  ESTRATÉGIA SAÚDE DA FAMÍLIA - ESF, NO BAIRRO JOSÉ JUSTI. </t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3324/3324_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3324/3324_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À PREFEITURA MUNICIPAL DE MOCOCA E A CPFL MOCOCA, ACERCA DA INSTALAÇÃO DE POSTE DE ILUMINAÇÃO NA RUA JOSÉ GIUNTINI, NO CONJUNTO HABITACIONAL JACINTHO PISANI - PROJETO CEM. </t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE SEMÁFORO NO CRUZAMENTO DA RUA JOÃO ANZALONI FILHO COM A RUA JOAQUIM CUSTÓDIO DIAS, NO BAIRRO SANTA CLARA. </t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3845/3845_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3845/3845_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À EXMA. SRA. PREFEITA MUNICIPAL DE MOCOCA, INFORMAÇÕES SOBRE CONVÊNIO "ACESSA SÃO PAULO", INSTALADO NO PRÉDIO DA FUNVIC. </t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONCESSÃO DE DOCUMENTAÇÃO PARA A INSTALAÇÃO E FUNCIONAMENTO DE PARQUES DE DIVERSÃO E CIRCOS ORIUNDOS DE CIDADES VIZINHAS QUE EXERCEM ATIVIDADES DE CARÁTER TEMPORÁRIO NO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA BRASIL, ANTES DO CRUZAMENTO COM A RUA CURITIBA QUE DÁ ACESSO À VILA QUINTINO.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DE PROVIDÊNCIAS PARA ASFALTAR OS 500 METROS RESTANTES DA RUA PARANÁ, E TAMBÉM A INSTALAÇÃO DE GALERIAS DE CAPTAÇÃO DE ÁGUAS PLUVIAIS NA AV. GETÚLIO VARGAS, AMBAS NA VILA SANTA ROSA. </t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DAS PROVIDÊNCIAS PARA O TÉRMINO DO ASFALTO NO FINAL DA AV. NICOLAU PAIONE, NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI, ALÉM INSTALAÇÃO DE REDUTOR DE VELOCIDADE NO CRUZAMENTO QUE INTERLIGA O REFERIDO BAIRRO COM O BAIRRO ANITA VENTURI PRÍCOLI. </t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE SEMÁFORO OU REDUTORES DE VELOCIDADE NO CRUZAMENTO DAS RUAS BARÃO DE MONTE SANTO E MAJOR ADALBERTO DOS SANTOS FIGUEIREDOS.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4112/4112_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4112/4112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE SEMÁFORO OU REDUTORES DE VELOCIDADE NO CRUZAMENTO DAS RUAS DOMINGOS PRÍCOLI E JOÃO ANZALONI FILHO, NO JARDIM SANTA CLARA. </t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DAS OBRAS DE CONSTRUÇÃO E INSTALAÇÃO DE ACADEMIA DE GINÁSTICA LOCALIZADA À RUA RAUL ROBERTO CAMPOS, NO BAIRRO NENÊ PEREIRA LIMA.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>Renato do Gás 2013-2016, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDUTOR DE VELOCIDADE EM FRENTE AO "POLI ESPORTIVO VENDERMINO FÁVERO" E A MERCEARIA DO DÃO, NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI. </t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA NICOLAU PAIONE, NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI. </t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA DESIGNAÇÃO D PRÉDIOS OU SALAS PARA A INSTALAÇÃO DO ESCRITÓRIO ADMINISTRATIVO E DO POSTO DOS CORREIOS, NO DISTRITO DE IGARAÍ. </t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE ESTUDOS OBJETIVANDO A INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA PROFESSOR ANTÔNIO CARRARA, ALTURA DO Nº 400, NO CONJUNTO HABITACIONAL JACINTHO PISANI - PROJETO CEM. </t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA DOAÇÃO DE ÁREA/TERRENO PARA A INSTALAÇÃO DA SEDE PRÓPRIA DO SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE MOCOCA.  </t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXMO. SR. PRESIDENTE DO ENGRÉGIO TRIBUNAL DE JUSTIÇA DO ESTADO DE SÃO PAULO, DESEMBARGADOR DR. IVAN RICARDO GARISIO SARTORI, ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE MAIS UMA VARA CÍVEL NO MUNICÍPIO DE MOCOCA-SP.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4190/4190_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4190/4190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE ILUMINAÇÃO NA PRAÇA FRANCISCO MATHEUS FILHO, NO BAIRRO JARDIM SÃO LUIZ. </t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE BRAÇO DE ILUMINAÇÃO NA AVENIDA FRANCISCO JOSÉ DIAS LIMA, ALTURA DO N°. 17, NO BAIRRO FRANCISCO GARÓFALO. </t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE GRADES DE PROTEÇÃO EM BOCA DE LOBO LOCALIZADA NA RUA DOMICIANO CUSTÓDIO DIAS, NA VILA CARVALHO. </t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE GRADES DE PROTEÇÃO EM BOCA DE LOBO LOCALIZADA NA RUA JOÃO ANZALONI FILHO, NO JARDIM SANTA CLARA. </t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DA EMPRESA TELEFÔNICA/VIVO ACERCA DA POSSIBILIDADE DE INSTALAR TELEFONE PÚBLICO NA RUA LAURO GRESPAN, NO BAIRRO ANITA VENTURI PRÍCOLI, NO MUNICÍPIO DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA REALIZAÇÃO DOS SERVIÇOS DE LIMPEZA, MANUTENÇÃO E INSTALAÇÃO DE ILUMINAÇÃO NA ÁREA DE RECREAÇÃO E LAZER INFANTIL PRÓXIMO AO PPA. </t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXMO. SR. DIRETOR MUNICIPAL DE TRÂNSITO, RENATO PARBONI NOGUEIRA, ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE REDUTORES DE VELOCIDADE NO CRUZAMENTO DA RUA CAMPOS SALLES COM A RUA JOSÉ DE SOUZA, NO BAIRRO DESCANSO. </t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE VIAS NO PARQUE DO CANOAS.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE DESIGNAR UM LOCAL PARA A INSTALAÇÃO DE UM ALBERGUE PROVISÓRIO PARA ACOLHER PESSOAS DURANTE O PERÍODO DE OUTONO/INVERNO NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA RUA LUIZ SPINELLI, ALTURA DO N°. 11, NO BAIRRO JARDIM ALVORADA. </t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4055/4055_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4055/4055_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE INSTALAÇÃO DE PONTO DE INTERLIGAÇÃO DA AV. JACINTHO PISANI (BAIRRO NENÊ PEREIRA LIMA) COM A RUA FERNANDO CRISCUOLO (JARDIM ALVORADA). </t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4077/4077_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4077/4077_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA EMPRENHO À EXMA. SRA. PRESIDENTE DO FUNDO DE SOLIDARIEDADE DO ESTADO DE SÃO PAULO, LU ALCKMIN PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO CENTRO DE CONVIVÊNCIA DA TERCEIRA IDADE DA VILA SANTA ROSA "JOÃO BAPTISTA TONOLLI", NO MUNICÍPIO DE MOCOCA/SP. </t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4398/4398_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4398/4398_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DE TERRENOS DISPONÍVEIS NO DISTRITO INDUSTRIAL II. BEM COMO QUAL DEPARTAMENTO COMPETENTE DA PREFEITURA É RESPONSÁVEL POR FISCALIZAR O CUMPRIMENTO DO PERÍODO DETERMINADO PELA LEI MUNICIPAL Nº. 1.739 DE 07/03/1988 QUE REGULAMENTA OS PRAZOS PARA A CONSTRUÇÃO E INSTALAÇÃO DAS EMPRESAS AGRACIADAS COM TERRENOS CEDIDOS ATRAVÉS DE COMODATO NO LOCAL.</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4491/4491_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4491/4491_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE QUE O TRECHO ENTRE OS NÚMEROS 1865 E 1992 DA RUA LINA LEOPOLDINA PINHEIRO NÃO RECEBEU OS SERVIÇOS DE INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA. </t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXMO. SR. SECRETÁRIO ESTADUAL DO EMPREGO E RELAÇÕES DO TRABALHO, TADEU MORAIS ACERCA DA INSTALAÇÃO DO PROGRAMA FRENTE DE TRABALHO EM NOSSO MUNICÍPIO DE MOCOCA/SP. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -963,67 +963,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4540/4540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4512/4512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3389/3389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4253/4253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4247/4247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3324/3324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3845/3845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4112/4112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4190/4190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4055/4055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4077/4077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4398/4398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4491/4491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4540/4540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4512/4512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3389/3389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4253/4253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3020/3020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2984/2984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4247/4247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3324/3324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3845/3845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3004/3004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3308/3308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3238/3238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2985/2985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4112/4112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3056/3056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3307/3307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3023/3023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3265/3265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3071/3071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2983/2983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4190/4190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3076/3076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2924/2924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4055/4055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4077/4077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4398/4398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/4491/4491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>