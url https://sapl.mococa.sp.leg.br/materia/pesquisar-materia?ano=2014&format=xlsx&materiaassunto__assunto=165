--- v0 (2025-12-06)
+++ v1 (2026-03-29)
@@ -51,222 +51,222 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5708/5708_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5708/5708_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A CONCESSÃO EM PECÚNIA DO VALE TRANSPORTE, CRIADO PELA LEI Nº. 2.082, DE 15 DE ABRIL DE 1991.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3066/3066_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3066/3066_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE FALTAS ABONADAS DE SERVIDORES MUNICIPAIS POR ATESTADOS DE PROFISSIONAIS DA SAÚDE. </t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3818/3818_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3818/3818_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA DISPENSA DE DETERMINADA CATEGORIA DE SERVIDORES MUNICIPAIS EFETIVOS DE REGISTRO DE PONTO. </t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS SERVIDORES PÚBICOS MUNICIPAIS LOTADOS NO DETRAN DE MOCOCA. </t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2939/2939_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2939/2939_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO DEPARTAMENTO ESTADUAL DE TRÂNSITO DO ESTADO DE SÃO PAULO &amp;#8211; DETRAN-SP ACERCA DOS SERVIDORES PÚBLICOS MUNICIPAIS LOTADOS NO DETRAN DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Chico do Sindicato, Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Eduardo Barison 2013-2016, Elias de Sisto 2013-2016, Elisângela Mazini Maziero Breganoli, Fatinha, Guilherme, Josimar 2013-2016, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3868/3868_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3868/3868_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DAS NEGOCIAÇÕES DO PODER EXECUTIVO MUNICIPAL JUNTO AO SINDICATO DA CATEGORIA ACERCA DO REAJUSTE DOS SERVIDORES PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1729/1729_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1729/1729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE PROVIDENCIAS PARA A REALIZAÇÃO DE CURSOS DE REQUALIFICAÇÃO AOS FUNCIONÁRIOS DO DEPARTAMENTO MUNICIPAL DE TRÂNSITO DE MOCOCA, BEM COMO O FORNECIMENTO DE NOVOS UNIFORMES COMPLETOS E ACESSÓRIOS.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1763/1763_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1763/1763_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA REPOSIÇÃO SALARIAL DOS FUNCIONÁRIOS MUNICIPAIS NESTE ANO DE 2014.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE ADEQUAR FAIXAS SALARIAS DOS PROFESSORES DE EDUCAÇÃO FUNDAMENTAL, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>6117</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>Elias de Sisto 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6117/6117_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6117/6117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, MARIA EDNA GOMES MAZIERO VISANDO A POSSIBILIDADE DE CONCEDER UMA CESTA BÁSICA MENSAL PARA OS SERVIDORES DA FRENTE DO TRABALHO. </t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5991/5991_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5991/5991_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA POSSIBILIDADE DE CRIAÇÃO DE PROJETO DE LEI QUE "DISPÕE SOBRE CRIAÇÃO DE GRATIFICAÇÃO AOS SERVIDORES MUNICIPAIS DO ANEXO FISCAL DAS FAZENDAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5889</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5889/5889_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5889/5889_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA ATUALIZAÇÃO DO BENEFÍCIO "VALE TRANSPORTE" CONCEDIDO AOS EMPREGADOS PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4743/4743_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4743/4743_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA ADEQUAÇÃO DA NOMENCLATURA E DA REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS (AGENTES DE CAMPO) QUE DESEMPENHAM FUNÇÕES DE ATENÇÃO PRIMÁRIA À SAÚDE PARA FORTALECER AS AÇÕES DE VIGILÂNCIA EM SAÚDE JUNTO ÀS EQUIPES DE SAÚDE DA FAMÍLIA, CONFORME PORTARIA Nº. 1007, DE 04 DE MAIO DE 2010 - CÓPIA ANEXA. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -573,67 +573,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5708/5708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3066/3066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3818/3818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2939/2939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3868/3868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6117/6117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5991/5991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5889/5889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4743/4743_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5708/5708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3066/3066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3818/3818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3452/3452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2939/2939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3868/3868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6117/6117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5991/5991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5889/5889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4743/4743_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>