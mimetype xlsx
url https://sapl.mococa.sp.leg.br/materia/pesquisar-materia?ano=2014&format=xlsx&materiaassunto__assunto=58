--- v0 (2025-12-06)
+++ v1 (2026-03-28)
@@ -54,1020 +54,1020 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Elias de Sisto 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4007/4007_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4007/4007_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO A SRA. PREFEITA MUNICIPAL MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO E ILUMINAÇÃO DO BAIRRO JARDIM PRIMAVERA. </t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1576/1576_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1576/1576_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO A EXMA. SRA. PREFEITA MUNICIPAL, ADEQUAÇÃO DA SINALIZAÇÃO DE TRÂNSITO NO CRUZAMENTO DAS RUA MANAUS, AV. JOÃO BATISTA DE LIMA FIGUEIREDO E DEMAIS VIAS ADJACENTES QUE INTEGRAM ESTE CRUZAMENTO.</t>
   </si>
   <si>
     <t>6304</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6304/6304_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6304/6304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO À SRA. PREFEITA MUNICIPAL QUE SEJAM DEVIDAMENTE SINALIZADOS OS LOTEAMENTOS CARLITO QUILICE E GILDO GERALDO. </t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3002/3002_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3002/3002_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE SEMÁFORO NO CRUZAMENTO DAS RUAS PARÁ E PARANÁ, NA VILA SANTA ROSA.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Renato do Gás 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3279/3279_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3279/3279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA POSSIBILIDADE DE DETERMINAR A ADEQUAÇÃO DA SINALIZAÇÃO DE TRANSITO NO CRUZAMENTO DA RUA ANTONIO MARCHEZINI COM A RUA ADOLPHO MAZIERO (FINAL DA VIA), NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI. </t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Josimar 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4488/4488_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4488/4488_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE SEMÁFORO E PINTURA DE FAIXA DE PEDESTRES, NA AV. SÃO PAULO ESQUINA COM A RUA GUANABARA, NA VILA SANTA ROSA. </t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Fatinha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3005/3005_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3005/3005_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE PLACA DE SINALIZAÇÃO DE TRÂNSITO NA RUA LEODORO CÂNDIDO DA SILVA AVENTURA COM A RUA MAURO CÂNDIDO (REF. MERCEARIA SÃO GERALDO), NO BAIRRO CARLITO QUILICE.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4351/4351_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4351/4351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA AV. DR. AMÉRICO PEREIRA LIMA. </t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4041/4041_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4041/4041_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE IMPLANTAÇÃO DE SINALIZAÇÃO DE TRÂNSITO NA RUA CARLOS HUMBERTO VERZOLLA, NO BAIRRO JOSÉ JUSTI. </t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE IMPLANTAÇÃO DE FAIXA DE PEDESTRES NO CRUZAMENTO DA RUA CAPITÃO MIGUEL FERREIRA COM A RUA COSTA PEREIRA (ESQUINA DO SUPERMERCADO PIERIM I).</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2678/2678_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2678/2678_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE RECOLOCAÇÃO DE OBSTÁCULOS (REDUTORES DE VELOCIDADE) NA VICINAL SENTIDO À ESTAÇÃO DE TRATAMENTO DE ESGOTO NO BAIRRO JOSÉ JUSTI - "ESTRADÃO". </t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2820/2820_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2820/2820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO E INSTALAÇÃO/CONSTRUÇÃO DE REDUTORES DE VELOCIDADE EM LOCAL QUE ESPECIFICA NO BAIRRO NENÊ PEREIRA LIMA.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1706/1706_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1706/1706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS VALORES GASTOS COM A IMPLANTAÇÃO DOS SEMÁFOROS NESTE ANO DE 2014.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1752/1752_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1752/1752_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE PROVIDÊNCIAS JUNTO AO DEPTO. MUNICIPAL DE TRÂNSITO PARA A INSTALAÇÃO DE SINALIZAÇÃO TANTO DE SOLO COMO DE PLACAS DEFRONTE A ESCOLA SESI DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1833/1833_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1833/1833_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE SEMÁFORO NO CRUZAMENTO DA RUA PARANÁ COM A RUA PARÁ, NA VILA SANTA ROSA. </t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1677/1677_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1677/1677_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA DATA DE INSTALAÇÃO DO SEMÁFORO SITUADO NA RUA NICOLAU PAIONE, NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI - COHAB II POIS ATÉ O MOMENTO O MESMO NÃO SE ENCONTRA EM FUNCIONAMENTO. </t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1404/1404_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1404/1404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDUTORES DE VELOCIDADE (OBSTÁCULOS) NA AV. CRISTOVAM LIMA GUEDES.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1686/1686_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1686/1686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO/CONSTRUÇÃO DE REDUTORES DE VELOCIDADE EM TRECHO DA VIA DE ACESSO À USINA, NO BAIRRO JOSÉ JUSTI.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1488/1488_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1488/1488_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE DESIGNAR LOCAL, COM DEVIDA SINALIZAÇÃO, NO TERMINAL RODOVIÁRIO, PARA ESTACIONAMENTO DE VEÍCULOS PARTICULARES -EMBARQUE E DESEMBARQUE.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA MELHORIA NO SISTEMA DE SINALIZAÇÃO DE TRÂNSITO E DE LOGRADOUROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL DE MOCOCA ACERCA DE PROVIDÊNCIAS URGENTES, POIS ASSIM A SITUAÇÃO EXIGE, PARA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA CEL. JOSÉ PEREIRA LIMA, NO CENTRO.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1737/1737_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1737/1737_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DE TRÂNSITO E DE LOGRADOUROS NO BAIRRO CARLITO QUILICE.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1243/1243_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1243/1243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA INFORMAÇÕES A EXMA SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO/IMPLANTAÇÃO DE SINALIZAÇÃO DE TRÂNSITO EM LOCAL QUE ESPECIFICA NO BAIRRO DA SANTA CECÍLIA. </t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1894/1894_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1894/1894_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DE SINALIZAÇÃO DE TRÂNSITO (PINTURA DE SOLO E PLACAS) NA RUA CORONEL DIOGO ESQUINA COM A RUA GABRIEL PINHEIRO.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DO REPOSICIONAMENTO DOS OBSTÁCULOS (REDUTORES DE VELOCIDADE) NA AV. AMÉRICO PEREIRA LIMA.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1334/1334_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1334/1334_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTORES DE VELOCIDADE, NA AV. DR. AMÉRICO PEREIRA LIMA, ENTRE OS Nº 60 E 80.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1317/1317_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1317/1317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A MESA DIRETORA DESTA CASA ACERCA DA NECESSIDADE IMEDIATA DE UMA REVISÃO DA LEI ORGÂNICA DO MUNICÍPIO DE DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1569/1569_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1569/1569_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA SRA. PREFEITA MUNICIPAL ACERCA DAS PROVIDÊNCIAS PARA A INSTALAÇÃO DE REDUTOR DE VELOCIDADE, BEM COMO SINALIZAÇÕES DE PLACAS E DE SOLO NA JOSÉ LUIZ FOGARIN, NO DISTRITO INDUSTRIA II .</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1575/1575_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1575/1575_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DE PROVIDÊNCIAS PARA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA MANOEL JOAQUIM DAS DORES, NO BAIRRO DA SANTA CECILIA.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1553/1553_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1553/1553_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DAS PROVIDÊNCIAS URGENTES PARA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA CEL. JOSÉ PEREIRA, NO DESCANSO.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1612/1612_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1612/1612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA SINALIZAÇÃO DE TRÂNSITO HORIZONTAL E VERTICAL NA RUA CEARÁ, NA VILA SANTA ROSA.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1307/1307_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1307/1307_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA POSSIBILIDADE DE CONSTRUÇÃO DE OBSTÁCULO NA RUA ADELAIDE ALVES MAGRI, PRÓXIMO AO Nº 15, NO BAIRRO JOSÉ JUSTI.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1823/1823_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1823/1823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE PLACA (PARE) NA RUA ADELAIDE ALVES MAGRI, PRÓXIMO AO Nº 121, NO BAIRRO JOSÉ JUSTI. </t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1494/1494_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1494/1494_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA SINALIZAÇÃO DE TRÂNSITO NAS DEPENDÊNCIAS DA EMEB MARIA BELOMO ZANETTI, NO DISTRITO DE IGARAÍ. </t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1660/1660_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1660/1660_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DO DESENVOLVIMENTO DE CAMPANHA INFORMATIVA E EDUCATIVA AOS CICLISTAS, PEDESTRES E MOTORISTAS SOBRE A UTILIZAÇÃO E FUNCIONAMENTO DA CICLOFAIXA.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA REMOÇÃO DA SINALIZAÇÃO DE TRÂNSITO HORIZONTAL E VERTICAL DO PONTO DE TÁXI DESATIVADO, NAS DEPENDÊNCIAS DO FÓRUM DE MOCOCA.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, POR MEIO DO DEPARTAMENTO MUNICIPAL DE TRÂNSITO, ACERCA DE PROVIDENCIAS PARA INSTALAÇÃO DE REDUTORES DE VELOCIDADE E SINALIZAÇÕES DE TRÂNSITO NA AV. GERALDO MARRA NO DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1889/1889_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1889/1889_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA SINALIZAÇÃO DA PASSARELA DE ACESSO AO DETRAN, NA AV. JOÃO BAPTISTA DE LIMA FIGUEIREDO SOB O RIBEIRÃO DO MEIO.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTOR DE VELOCIDADE, NA RUA CAPITÃO EMÍLIO DE TOLEDO, EM FRENTE A GRÊMIO DA METALÚRGICA MOCOCA. </t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1717/1717_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1717/1717_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONSTRUÇÃO DE REDUTORES DE VELOCIDADE EM LOCAIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTORES DE VELOCIDADE, RUA LUIZ SEBASTIÃO DE PAULA, NO BAIRRO GUILHERME ZANETTI NO DISTRITO DE IGARAÍ.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO/IMPLANTAÇÃO DE REDUTORES DE VELOCIDADE, SINALIZAÇÃO DE TRÂNSITO E ESTACIONAMENTO NA RUA JOSÉ LUIZ FOGARIM, LOCALIZADA NO DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1479/1479_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1479/1479_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA SINALIZAÇÃO DE TRÂNSITO HORIZONTAL E VERTICAL, NA INTERLIGAÇÃO DA PRAÇA DO ROSÁRIO COM O MERCADO MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA REMOÇÃO DO REDUTOR DE VELOCIDADE (LOMBADA) NA RUA NICOLAU PAIONE, NO CONJUNTO HABITACIONAL DR. GILBETO ROSSETTI.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1383/1383_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1383/1383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA REMOÇÃO DO REDUTOR DE VELOCIDADE (LOMBADA) NA RUA DOMINGOS PRÍCOLI, NO BAIRRO DA SANTA CLARA.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1845/1845_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1845/1845_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DE PROVIDÊNCIAS PARA MELHORIA DA SINALIZAÇÃO DOS PONTOS DE ÔNIBUS E FISCALIZAÇÃO JUNTO À EMPRESA PARA QUE SEJA RESPEITADO OS PONTOS PRÉ ESTABELECIDOS.</t>
   </si>
   <si>
     <t>6229</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6229/6229_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6229/6229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTORES DE VELOCIDADE, NA RUA MILTON GONÇALVES DIAS, NO BAIRRO NELSON NIERO, PRÓXIMO À EMEB "LÚCIA SEIXAS PINTO". </t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2215/2215_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2215/2215_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO DO TREVO LOCALIZADO NA AV. TIRADENTES (FRONTAL A EMPRESA DOCES BIBA), PRINCIPALMENTE PARA A IDENTIFICAÇÃO DA REFERIDA ROTATÓRIA SENTIDO BAIRRO/CENTRO. </t>
   </si>
   <si>
     <t>6124</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6124/6124_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6124/6124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTORES DE VELOCIDADE, NO CRUZAMENTO DAS RUAS CORONEL JOSÉ PEREIRA E JOSÉ DE SOUZA, NO BAIRRO DESCANSO. </t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>Iê Baisi, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5819/5819_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5819/5819_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTOR DE VELOCIDADE EM FRENTE AO "POLI ESPORTIVO VENDERMINO FÁVERO" E À "MERCEARIA DO DÃO", NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI - COHAB II. </t>
   </si>
   <si>
     <t>6353</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>Rodim do Lavador</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6353/6353_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6353/6353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, MARIA EDNA GOMES MAZIERO, VISANDO A INSTALAÇÃO DE PLACA DE SINALIZAÇÃO NO CRUZAMENTO DAS RUAS AMAZONAS COM DR. ODON CARLOS DE FIGUEIREDO FERRAZ. </t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6248/6248_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6248/6248_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO NAS VIAS DE ACESSO AOS BAIRROS: JARDIM MORRO AZUL E JARDIM DAS FIGUEIRAS. </t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5929/5929_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5929/5929_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO NA RUA PEDRO GUILHERME DA COSTA, NO CONJUNTO HABITACIONAL JACINTHO PISANI - PROJETO CEM. </t>
   </si>
   <si>
     <t>6295</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6295/6295_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6295/6295_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO NA AVENIDA CRISTOVAM LIMA GUEDES. </t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA IMPLANTAÇÃO DE FAIXA DE PEDESTRES NA RUA CAPITÃO MIGUEL FERREIRA, ALTURA DO Nº 37, EM FRENTE À "PASTELARIA ITIBAN".</t>
   </si>
   <si>
     <t>6143</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6143/6143_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6143/6143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DEFRONTE AO CONVÊNIO SÃO JOSÉ, A SABER: </t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6093/6093_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6093/6093_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DO SEMÁFORO NO CRUZAMENTO DAS RUAS DR. LUIZ CAPRIGLIONI COM SALDANHA MARINHO.</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5805/5805_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5805/5805_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA POSSIBILIDADE DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA JACINTHO PISANI, A SABER: </t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2218/2218_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2218/2218_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DE MELHORIAS NO SISTEMA DE SINALIZAÇÃO DE TRÂNSITO NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI.</t>
   </si>
   <si>
     <t>5962</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5962/5962_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5962/5962_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO E INSTALAÇÃO/CONSTRUÇÃO DE REDUTORES DE VELOCIDADE EM LOCAL QUE ESPECIFICA NO BAIRRO NENÊ PEREIRA LIMA. </t>
   </si>
   <si>
     <t>6067</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6067/6067_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6067/6067_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA CONSTRUÇÃO/INSTALAÇÃO DE REDUTORES DE VELOCIDADE, NA RUA JOSÉ BONIFÁCIO, PRÓXIMO AO Nº. 243, NO BAIRRO DESCANSO. </t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5650/5650_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5650/5650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NO SISTEMA DE TRÂNSITO DA AVENIDA DOS REIS MAGOS, NO JARDIM CHICO PISCINA.</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5677/5677_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5677/5677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NO SISTEMA DE TRÂNSITO NO CRUZAMENTO DA AVENIDA JOÃO BATISTA DE LIMA FIGUEIREDO (AVENIDA MARGINAL) COM, A RUA MANAUS.</t>
   </si>
   <si>
     <t>6289</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6289/6289_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6289/6289_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE SEMÁFORO NA RUA DR. LUIZ CAPRIGLIONI, NO BAIRRO SANTA CECÍLIA, TENDO COMO REFERÊNCIA "PADARIA RAINHA". </t>
   </si>
   <si>
     <t>5881</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5881/5881_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5881/5881_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA SINALIZAÇÃO DE TRÂNSITO HORIZONTAL E VERTICAL, NAS PROXIMIDADES DO PRONTO SOCORRO E VELÓRIO MUNICIPAL, A SABER:  </t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5800/5800_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5800/5800_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, VISANDO A POSSIBILIDADE DE SINALIZAR COM PLACA DE TRÂNSITO A QUE SE REFERE, O CRUZAMENTO DAS RUAS MARANHÃO COM CAETANO DE VITO, NA VILA SANTA ROSA, A SABER: </t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5692/5692_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5692/5692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA SINALIZAÇÃO DE TRÂNSITO HORIZONTAL E VERTICAL NO BAIRRO COLINA VERDE.</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6253/6253_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6253/6253_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE SE REALIZAR A ADEQUAÇÃO DA SINALIZAÇÃO DE TRÂNSITO, EM FRENTE A E.E. PROFª HILDA SILVA. </t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4937/4937_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4937/4937_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA SINALIZAÇÃO DE TRÂNSITO NA AVENIDA FRANCISCO JOSÉ DIAS LIMA, TRAVESSA COM A RUA CELIO FIGUEIREDO COSTA, A SABER: </t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6007/6007_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6007/6007_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE ADEQUAÇÃO, MELHORIA E INSTALAÇÃO DE EQUIPAMENTO DE SINALIZAÇÃO DE TRÂNSITO NA REGIÃO DA RUA DR. LUIZ CAPRIGLIONI. </t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INF. A SRA PREFEITA ACERCA DA SINALIZAÇÃO DE TRANSITO HORIZONTAL E VERTICAL EM AMBOS OS REDUTORES NA RUA ROSA MARTINS A SABER.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1408/1408_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1408/1408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INF. A EXMA SRA PREFEITA MUNICIPAL ACERCA DA IMPLANTAÇÃO DE SINALIZAÇÃO DE TRANSITO HORIZONTAL E VERTICAL EM LOCAL QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4790/4790_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4790/4790_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DE MELHORIAS NO SISTEMA DE SINALIZAÇÃO DE TRÂNSITO NA VICINAL MOCOCA - DISTRITO DE SÃO BENEDITO DAS AREIAS. </t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3761/3761_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3761/3761_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA SINALIZAÇÃO DE TRÂNSITO HORIZONTAL (PINTURA DE SOLO), EM TODA A EXTENSÃO DO CONJUNTO HABITACIONAL DR. GABRIEL DO Ó - COHAB I.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4658/4658_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4658/4658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE A DIREÇÃO DA FAFEM/FUNVIC MOVA GESTÕES JUNTO AO PODER PÚBLICO, VISANDO MELHORIAS NO SISTEMA DE SINALIZAÇÃO E EQUIPAMENTO DE TRÂNSITO NAS VIAS DE ACESSO À ESTA INSTITUIÇÃO DE ENSINO. </t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4617/4617_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4617/4617_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À RENOVIAS CONCESSIONÁRIAS S.A. ACERCA DE MELHORIAS NO SISTEMA DE SINALIZAÇÃO E EQUIPAMENTO DE TRÂNSITO NA ENTRADA DO MUNICÍPIO DE MOCOCA/SP, A SABER: </t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4777/4777_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4777/4777_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DE MELHORIAS NO SISTEMA DE SINALIZAÇÃO E EQUIPAMENTOS DE TRÂNSITO EM LOCAL QUE ESPECIFICA:  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1374,67 +1374,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4007/4007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6304/6304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3002/3002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3279/3279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4488/4488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4351/4351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4041/4041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2820/2820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1833/1833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1488/1488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1889/1889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1845/1845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6229/6229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2215/2215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6124/6124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5819/5819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6353/6353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6248/6248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5929/5929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6295/6295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6143/6143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6093/6093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5805/5805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2218/2218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5962/5962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6067/6067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5650/5650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5677/5677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6289/6289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5881/5881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5800/5800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5692/5692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6253/6253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4937/4937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6007/6007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4790/4790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3761/3761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4658/4658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4617/4617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4777/4777_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4007/4007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6304/6304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3002/3002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3279/3279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4488/4488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4351/4351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4041/4041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3450/3450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2820/2820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1833/1833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1488/1488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1889/1889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1845/1845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6229/6229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2215/2215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6124/6124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5819/5819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6353/6353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6248/6248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5929/5929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6295/6295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3548/3548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6143/6143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6093/6093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5805/5805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/2218/2218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5962/5962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6067/6067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5650/5650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5677/5677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6289/6289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5881/5881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5800/5800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/5692/5692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6253/6253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4937/4937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/6007/6007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4790/4790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/3761/3761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4658/4658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4617/4617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2014/4777/4777_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>