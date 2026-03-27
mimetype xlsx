--- v0 (2026-01-29)
+++ v1 (2026-03-27)
@@ -54,502 +54,502 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À EXMA. SRA. PREFEITA MUNICIPAL OS SERVIÇOS DE SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA RUA FERNANDO CRISCUOLO, NO JARDIM ALVORADA. </t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL VISANDO SUBSTITUIR AS LÂMPADAS QUEIMADAS DA AVENIDA JACINTHO PISANI, A SABER: </t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL VISANDO SUBSTITUIR AS LÂMPADAS QUEIMADAS DE FRONTE À EE. DR. CARLOS LIMA DIAS, A SABER:  </t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL VISANDO A POSSIBILIDADE DE ILUMINAR ADEQUADAMENTE O BAIRRO JOSÉ JUSTI, BEM COMO SEU PONTILHÃO. </t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Fatinha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO E LÂMPADAS EM LOCAIS QUE ESPECIFICAM: </t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS SERVIÇOS DE MANUTENÇÃO NA REDE DE ILUMINAÇÃO PÚBLICA DEFRONTE AO NAI "AUGUSTO TREVISANE", NO DISTRITO DE SÃO BENEDITO DAS AREIAS. </t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS SERVIÇOS DE MANUTENÇÃO NA REDE DE ILUMINAÇÃO  PÚBLICA DA PRAÇA CORONEL CUSTÓDIO PINHEIRO, NO DISTRITO DE SÃO BENEDITO DAS AREIAS. </t>
   </si>
   <si>
     <t>5298</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL COM RELAÇÃO A POSSIBILIDADE DE ILUMINAR A ENTRADA DO BAIRRO JOSÉ JUSTI, A SABER: </t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2224/2224_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2224/2224_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO E LUMINÁRIAS NA ENTRADA DO BAIRRO JOSÉ JUSTI.</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS SERVIÇOS DE SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA RUA CAFÉ FILHO, NO JARDIM PRIMAVERA. </t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA, NO CEMITÉRIO MUNICIPAL DE SÃO BENEDITO DAS AREIAS. </t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL VISANDO A POSSIBILIDADE DE ILUMINAR CORRETAMENTE, BEM COMO DETERMINAR A LIMPEZA DA TRAVESSA LOCALIZADA NO FINAL DA RUA AGRIPINO PINHEIRO DA COSTA. </t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA NAS VIAS DE ACESSO DO LOTEAMENTO "RESIDENCIAL CARLITO QUILICI".</t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL VISANDO SUBSTITUIR ALGUMAS LÂMPADAS QUEIMADAS NA POPULAR PISTA DE ATLETISMO. </t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL COM RELAÇÃO A ILUMINAÇÃO E A LIMPEZA DA PRAÇA JOÃO XXIII, NO JARDIM SANTA CLARA. </t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2427/2427_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2427/2427_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA NOVAS INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DO PROLONGAMENTO DA REDE DE ILUMINAÇÃO PÚBLICA EM LOCAIS QUE ESPECIFICA NO DISTRITO DE IGARAÍ, DE ACORDO COM ORÇAMENTO ANEXO._x000D_
 </t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS SERVIÇOS DE MANUTENÇÃO NA REDE DE ILUMINAÇÃO PÚBLICA NA RUA ALEXANDRE CUNALI, NA ALTURA DO Nº. 2539, NO JARDIM SANTA MARIA. </t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA, NA COMUNIDADE DE CANOAS, NO MUNICÍPIO DE MOCOCA/SP. </t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>Iê Baisi, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE ABERTURA DE RETORNO, ILUMINAÇÃO E SINALIZAÇÃO DA AVENIDA FRANCISCO JOSÉ DIAS LIMA, NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2446/2446_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2446/2446_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A EXMA SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA JOSÉ CAETANO GUISSO, NO BAIRRO JOSÉ JUSTI.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2327/2327_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2327/2327_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA PEDIDO A EXMA. SRA. PREFEITA MUNICIPAL COM RELAÇÃO A POSSIBILIDADE DE ILUMINAR A ENTRADA DO BAIRRO JOSÉ JUSTI, A SABER:</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2191/2191_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2191/2191_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA INSTALAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA AV. DOM PEDRO II, NO JARDIM SANTA CLARA.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2536/2536_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2536/2536_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO E LUMINÁRIAS NA AV. TRANSAMAZÔNICA, EM TRECHO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3638/3638_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3638/3638_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA POSSIBILIDADE DE INSTALAÇÃO DE REDE DE ILUMINAÇÃO EM TRECHO QUE INTERLIGA OS BAIRROS NELSON NIERO E JARDIM MAZIERO.</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DA INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO E LUMINÁRIAS NOS POSTES LOCALIZADOS NA RUA ANA RAMOS GUISSO, NO BAIRRO JOSÉ JUSTI.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2186/2186_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2186/2186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DOS SERVIÇOS DE INSTALAÇÃO DOS BRAÇOS DE ILUMINAÇÃO E LUMINÁRIAS EM POSTES LOCALIZADOS NA ROD. JOSÉ CATALANI - MOC 080 ESPECIFICAMENTE EM FRENTE AO DEPÓSITO DA CAELMO E A LEMAR INDUSTRIAL.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1919/1919_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1919/1919_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERVENÇÃO DA PROMOTORIA PÚBICA DO MUNICÍPIO DE MOCOCA JUNTO AO PODER EXECUTIVO MUNICIPAL DE MOCOCA, NO QUE SE REFERE AO PROLONGAMENTO DA REDE DE ILUMINAÇÃO PÚBLICA EM LOCAIS QUE ESPECIFICA NO DISTRITO DE IGARAÍ MUNICÍPIO DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL, VISANDO REALIZAR A MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO EM RUAS QUE ESPECIFICA NO BAIRRO JOSÉ JUSTI (FOTOS).</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2085/2085_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2085/2085_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DOS SERVIÇOS DE MANUTENÇÃO NA REDE DE ILUMINAÇÃO PÚBLICA DA RUA GOIAS, VIA DE ACESSO AO BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2355/2355_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2355/2355_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, VISANDO A POSSIBILIDADE DE SUBSTITUIR AS LÂMPADAS QUEIMADAS NO BAIRRO JOSÉ JUSTI, EM RUAS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>Renato do Gás 2013-2016, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2087/2087_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2087/2087_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL, ACERCA DOS SERVIÇOS DE INSTALAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA NO LOTEAMENTO RESIDENCIAL CARLITO QUILICI.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2400/2400_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2400/2400_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A EXMA. SRA. PREFEITA MUNICIPAL ACERCA DO PROLONGAMENTO DA REDE DE ILUMINAÇÃO PÚBLICA EM LOCAIS QUE ESPECIFICA NO DISTRITO DE IGARAÍ.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INF. A SRA PREFEITA ACERCA DOS SERVIÇOS DE ILUMINAÇÃO NA PISCINA PUBLICA DO DISTRITO DE IGARAI.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>Renato do Gás 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>VERBAL - REITERA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DOS BRAÇOS DE ILUMINAÇÃO A SEREM INSTALADOS NOS POSTES, LOCALIZADOS NO BAIRRO JOSÉ JUSTI, A SABER:</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REITERA INFORMAÇÕES A SRA. PREFEITA MUNICIPAL ACERCA DOS BRAÇOS DE ILUMINAÇÃO A SEREM INSTALADOS NOS POSTES LOCALIZADOS NO BAIRRO JOSÉ JUSTI, A SABER:</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES À EXMA. SRA. PREFEITA MUNICIPAL ACERCA DA INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO E LÂMPADAS EM LOCAL QUE ESPECIFICA (COM REGISTROS EM ANEXO):</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -865,67 +865,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2224/2224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2446/2446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2327/2327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2191/2191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2536/2536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3638/3638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2186/2186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1919/1919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2355/2355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2400/2400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2224/2224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2446/2446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2327/2327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2191/2191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2536/2536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3638/3638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2186/2186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1919/1919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2355/2355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2400/2400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>