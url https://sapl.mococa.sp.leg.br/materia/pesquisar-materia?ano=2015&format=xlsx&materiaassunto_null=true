--- v0 (2026-01-30)
+++ v1 (2026-03-27)
@@ -54,4704 +54,4704 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANCELMO RIBEIRO. </t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO PADRE ANDRÉ LUIZ FERNANDES NUNES, DA PARÓQUIA NOSSA SENHORA DA LUZ DO DISTRITO DE IGARAÍ, PELA CELEBRAÇÃO DA NOVENA EM LOUVOR À NOSSA SENHORA DA LUZ. </t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Fatinha, Luiz Braz Mariano, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. BENEDITO AIDIS MADUREIRA. </t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ GUILHERME FIGUEIREDO COSTA. </t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. ALICE RODRIGUES FERRACIN. </t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ADALBERTO BALBINO DOS SANTOS. </t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES E APLAUSOS AO PE. WILLIAN APARECIDO LEAL, PELA COMEMORAÇÃO DA FESTA DE SANTOS REIS E SÃO SEBASTIÃO. </t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. MARIA TREPADOR DONATO. </t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA APARECIDA DE SOUZA RIGOBELLO. </t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA DIVA TRINDADE FERNANDES. </t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE REPÚDIO A À EDIÇÃO E À APROVAÇÃO DAS MEDIDAS PROVISÓRIAS 664 E 665/2014, QUE VERSAM SOBRE A SUPRESSÃO DE DIREITOS TRABALHISTAS. </t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DE MAYCON RODRIGO AFONSO. </t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ALCINDO FERREIRA DOS SANTOS. </t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA APARECIDA DE FÁTIMA GIROTTO LOPES. </t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOSÉ PEDRO EVARISTO.</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO EXMO. SR. DEPUTADO FEDERAL SILVIO FRANÇA TORRES, PELA POSSE DO SEU 6° MANDATO NA CÂMARA DOS DEPUTADOS E DE AGRADECIMENTO PELA VISITA EM NOSSO MUNICÍPIO, NO ÚLTIMO DIA 07 DE FEVEREIRO. </t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Chico do Sindicato, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOSÉ BENEDITO APARECIDO ESTETER. </t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO MESTRE DE OBRAS, SR. EDSON MORIJA, PLEA INVENÇÃO DO "DISPOSITIVO MORIJA". </t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. NELSON OSMAR PAGANOTTI. </t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. MARIA CÂNDIDO DE JESUS PIRES. </t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. LEONILDA ZANE. </t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. DIOMAR PRIMO STANZANI. </t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Guilherme, Iê Baisi, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. TEREZA CÂNDIDO PINTO DE SOUZA. </t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES A EMPRESA AES TIETE, PELA DOAÇÃO DE 10.000 (DEZ MIL) MUDAS DE ÁRVORES PARA O MUNICÍPIO DE MOCOCA, POR INTERMÉDIO DESTE VEREADOR E DO GRUPO ECOLÓGICO OLHO D'ÁGUA. </t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO DEPUTADO ESTADUAL, CHICO SARDELLI/PV, ELEITO PRESIDENTE DA ASSEMBLÉIA LEGISLATIVA DO ESTADO DE SÃO PAULO E DE AGRADECIMENTO PELA DOAÇÃO DE UM VEÍCULO (ÔNIBUS) PARA TRANSPORTAR OS ALUNOS DA APAE DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, Iê Baisi, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E CONGRATULAÇÕES AO TRABALHO REALIZADO PELO SR. MARCOS DONIZETE MACHADO FRENTE AO DERLA NOS ANOS DE 2013 E 2014. </t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO SR. CLODOALDO PELISSIONI QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE TRANSPORTES METROPOLITANOS DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO SR. EDSON APARECIDO QUE ASSUMIU OS TRABALHOS DA CASA CIVIL DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>5365</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO SR. ANTÔNIO DUARTE NOGUEIRA JUNIOR QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE LOGÍSTICA E TRANSPORTES DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À CONFERÊNCIA NACIONAL DOS BISPOS DO BRASIL - CNBB; AO BISPO DIOCESANO DA DIOCESE DE SÃO JOÃO DA BOA VISTA, REVERENDÍSSIMO SR. DOM DAVI DIAS PIMENTEL; E ÀS PARÓQUIAS DO MUNICÍPIO E DISTRITOS PELA CAMPANHA DA FRATERNIDADE 2015, COM O TEMA: "FRATERNIDADE: IGREJA E SOCIEDADE" E COM O LEMA: "EU VIM PARA SERVIR" (CF. MC 10,45).</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Fatinha, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. NAIR RODRIGUES VINHOLI. </t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. BENEDITA DOS SANTOS REIS PINO. </t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ROBERTO APARECIDO BELUOMO. </t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO EXMO. SR. DEPUTADO ESTADUAL LUCIANO BATISTA (PTB/SP), PELA VIABILIZAÇÃO DE RECURSOS DESTINADOS À AQUISIÇÃO DE DUAS AMBULÂNCIAS PARA O DISTRITO DE IGARAÍ E SÃO BENEDITO DAS AREIAS, NO MUNICÍPIO DE MOCOCA/SP, EM ATENDIMENTO AO PEDIDO DESTE VEREADOR. </t>
   </si>
   <si>
     <t>5370</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO PRESIDENTE DO SINDICATO DOS TRABALHADORES NAS INDÚSTRIAS DE ALIMENTAÇÃO DE MOCOCA E REGIÃO, SR. CARLOS CÉSAR DA SILVA, PELO ALMOÇO DE CONFRATERNIZAÇÃO OFERECIDOS AOS APOSENTADOS EM COMEMORAÇÃO AO SEU DIA. </t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO SR. HERMAN JACOBUS CORNELIS VOORWALD QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE EDUCAÇÃO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO SR. ANTONIO FLORIANO PEREIRA PESARO QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE DESENVOLVIMENTO SOCIAL DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO SR. MARCOS ANTONIO MONTEIRO QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE PLANEJAMENTO E GESTÃO DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ALCIDES AMARO DE OLIVEIRA. </t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. CLEUZA MARIA VIEIRA LOZANO. </t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. HÉLIO CORSINI. </t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO AMIGO TIÃOZINHO BARRETO, PELO TRABALHO DESEMPENHADO JUNTO À EQUIPE DO FUTSAL DE MOCOCA E PELA CONQUISTA DA LIGA DE FUTSAL. </t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS À RIBEIRÃO LIMA EMPREENDIMENTOS IMOBILIÁRIOS LTDA, À SEQUÓIA EMPREENDIMENTOS E A ASSOCIAÇÃO DE MORADORES DO JARDIM DA PAINEIRA, PELA QUALIDADE E RESPONSABILIDADE NO EMPREENDIMENTO LOTEAMENTO FECHADO JARDIM DA PAINEIRA. </t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Guilherme, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APOIO À POLÍCIA MILITAR DO ESTADO DE SÃO PAULO, PELA OCASIÃO DA SUA LAMENTÁVEL PERDA DE UM DOS SEUS HERÓIS, O SOLDADO PM FERNANDO ESNILHERSON NASCIMENTO. </t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO SR. JOÃO CARLOS DE SOUZA MEIRELLES QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE ENERGIA DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO DR. DAVID EVERSON UIP QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE SAÚDE DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli, Fatinha, Francisco Tuca 2017-2020, Guilherme, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE LOUVOR, APLAUSOS E RECONHECIMENTO AO SR. DR. FLORIAN AUGUSTO COUTINHO MADRUGA, PRESIDENTE DA ABEL (ASSOCIAÇÃO BRASILEIRA DE ESCOLAS DO LEGISLATIVO E DE CONTAS) E DIRETOR EXECUTIVO DA SECRETARIA ESPECIAL DA EDITORAÇÃO E PUBLICAÇÕES (SEEP) - GRÁFICA DO SENADO FEDERAL, PELA VISITA E PALESTRA PROFERIDA NESTA CASA DE LEIS, NO ÚLTIMO DIA 26 DE FEVEREIRO. </t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Iê Baisi, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO AO CASAL JEAN MENDES E EMANUELA PIO GUIMARÃES MENDES, PELA CONSOLIDAÇÃO DAS ATIVIDADES DA MENDES LUTHIERIA. </t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Iê Baisi, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO CAPITÃO PM MARCELO ESTEVÃO DE OLIVEIRA, COMANDANTE DA 4ª COMPANHIA DE POLICIAMENTO RODOVIÁRIO DE LIMEIRA/SP, PELA PRESTEZA E ALVITRE COM ESTA CASA DE LEIS NO LANÇAMENTO DO CALENDÁRIO ANUAL. </t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DE ALISON KEVIN QUEIROZ. </t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À DROGARIA "DROGAZUL", RECÉM INAUGURADA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO SR. RICARDO MATIAS DA SILVA PELA ASCENSÃO DE GERENTE GERAL DO BANCO DO BRASIL - AGENCIA ESPÍRITO SANTO DO PINHAL/SP. </t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO SR. MARCELO MATTOS ARAÚJO QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE CULTURA DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES E RECONHECIMENTO AO SR. PEDRO AUGUSTO CEREGATTI MORENO, PELO "PROGRAMA ESPERANÇA E VIDA NOTÍCIAS", APRESENTADO NA RÁDIO COMUNITÁRIA ESPERANÇA E VIDA. </t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO À SRA. CLAUDIA MARIA MACIEL DONATO, ENFERMEIRA RESPONSÁVEL NO NAI "DR. GASTÃO DE PAULA LEITÃO", PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E PELO BRILHANTISMO NO ATENDIMENTO AOS PACIENTES. </t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Fatinha, Guilherme, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4953/4953_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4953/4953_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO CANTOR SERTANEJO JOSÉ ALVES DOS SANTOS, O "ZÉ RICO", DA DUPLA "MILIONÁRIO &amp; JOSÉ RICO". </t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Iê Baisi, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA JOVEM BRUNA MORIJA DA COSTA. </t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Iê Baisi, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DE RAFAEL RODRIGO FERREIRA. </t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO EXMO. SR. DEPUTADO ESTADUAL LUCIANO BATISTA (PTB/SP), PELA VISITA AO NOSSO MUNICÍPIO DE MOCOCA E DISTRITOS DE IGARAÍ E SÃO BENEDITO DAS AREIAS, NO ÚLTIMO DIA 10 DE MARÇO, PARA A ENTREGA D DUAS AMBULÂNCIAS 0 KM. </t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. VITA TERESA DELENA CAMILO.</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AO JOVEM CASAL JEAN MENDES E EMANUELA PIO GUIMARÃES MENDES, PELA REPORTAGEM ESTAMPADA NA CAPA DO JORNAL DE NEGÓCIOS DO SEBRAE, COM DESTAQUE À EMPRESA MENDES LUTHIERIA.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÃO AO SR. JOSÉ LUIZ RIBEIRO QUE ASSUMIU OS TRABALHOS DA SECRETARIA DE ESTADO DO EMPREGO. </t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Guilherme, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES À DROGARIA "DROGAZUL" PELA INAUGURAÇÃO EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Odair Dois Mil, Renato do Gás 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. IRACELI DE FÁTIMA DE SOUZA. </t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2013-2016, Francisco Tuca 2017-2020, Luiz Braz Mariano, Odair Dois Mil, Sérgio Corinthiano, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOSÉ FRANCISCO DE OLIVEIRA, CONHECIDO CARINHOSAMENTE POR TODOS COMO "ZÉ GRANFINO". </t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO À ENFERMEIRA RESPONSÁVEL MARCIA BATISTA MARTINI, EXTENSIVO A TODOS OS FUNCIONÁRIOS DO NAI "DR. VITAL DIAS PORTO", PELOS RELEVANTES SERVIÇOS PRESTADOS AO DISTRITO DE IGARAÍ E PELO BRILHANTISMO AO ATENDIMENTO AOS PACIENTES. </t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS A HERO AUTO POSTO (REDE DE POSTOS MIACHON), PELA INAUGURAÇÃO DE UMA NOVA INAUGURAÇÃO EM NOSSA CIDADE.  </t>
   </si>
   <si>
     <t>5348</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSO E RECONHECIMENTO AO JOVEM DAVI HENRIQUE DE FARIA, QUE SAGROU-SE VICE-CAMPEÃO NA COPA PAULISTA DE CICLISMO, NO MUNICÍPIO DE AGUAÍ/SP. </t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Iê Baisi, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E AGRADECIMENTOS AO MINISTRO DAS CIDADES, SR. GILBERTO KASSAB, QUE ESTEVE EM VISITA À CIDADE DE MOCOCA/SP DESPACHANDO COM PREFEITOS DE TODA REGIÃO. </t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Chico do Sindicato, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS, RECONHECIMENTO E SOLIDARIEDADE AO DR. SÉRGIO FERNANDO MORO, JUIZ FEDERAL DA 13ª. VARA CRIMINAL FEDERAL DE CURITIBA/PR, PELOS EXCELENTES SERVIÇOS PRESTADOS FRENTE AO COMBATE À CORRUPÇÃO NAS ESFERAS PÚBLICA E PRIVADA. </t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. APARECIDA CAETANO VASCONCELLOS. </t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. PEDRO VITAL DE SIQUEIRA. </t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO DR. CARLOS DE OLIVEIRA SANTOS. </t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli, Fatinha, Francisco Tuca 2017-2020, Guilherme, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTÔNIO VICENTE. </t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO JOVEM PROFESSOR FABIANO FERREIRA, PELAS AULAS DE MUAY THAI MINISTRADA AOS ALUNOS DA EE PROFª. ZENAIDE PERETO RIBEIRO ROCHA. </t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. ANA MARIA LOPES MORAES. </t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. MARIA DE LOURDES CAMPOS. </t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE THOMAZ RODRIGUES ALCKMIN, FILHO DO EXMO. SR. GOVERNADOR DO ESTADO DE SÃO PAULO, GERALDO ALCKMIN E DA PRIMEIRA DAMA, MARIA LÚCIA GUIMARÃES RIBEIRO ALCKMIN.</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO AO CORONEL PM DE RESERVA DA POLÍCIA MILITAR DO ESTADO DE SÃO PAULO, SR. CARLOS AUGUSTO NEPOMUCENO, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE MOCOQUENSE. </t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Iê Baisi, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. ZILDA LIMA SILVA. </t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Eduardo Barison 2013-2016, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. WANDA BOECHAT ANZALONI PEDROSA. </t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli, Fatinha, Guilherme, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO JOVEM ALEX ALEXANDRE ZAMARCO PELA SUA FORMATURA DE GRADUAÇÃO NO CURSO DE GESTÃO EMPRESARIAL DA FACULDADE DE TECNOLOGIA DE MOCOCA - FATEC. </t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E AGRADECIMENTO A SRA. APARECIDA FURLAN, PELA HOMENAGEM PRESTADA AO EX-VEREADOR DESTA CASA E SAUDOSO AMIGO, JOÃO BATISTA MARTINS, CONHECIDO CARINHOSAMENTE POR JOÃO PENUJA.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES E APLAUSOS AO SR. FABIANO CAMARGO, PELA REALIZAÇÃO DO 2° CAMPEONATO DE MARCHA DE MOCOCA E REGIÃO - 1ª ETAPA DO POEIRÃO. </t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES E APLAUSOS A METALÚRGICA INCA, 1ª COLOCADA NO 10° PRÊMIO FIESP CONSERVAÇÃO E REÚSO DA ÁGUA. </t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTÔNIO BERNINI. </t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSO E RECONHECIMENTO AO SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE MOCOCA, PELO ÁRDUO TRABALHO EM FAVOR DOS SERVIDORES MUNICIPAIS E PELAS CONQUISTAS DE NEGOCIAÇÕES DE DATA-BASE. </t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Brasilino Antônio de Moraes, Fatinha, Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES, CONHECIMENTO E APLAUSOS AO DEPUTADO FEDERAL, SÍLVIO FRANÇA TORRES, PELA SUA IMPECÁVEL ATUAÇÃO NA CÂMARA DOS DEPUTADOS, BEM COMO POR SE PROPOR A DESTINAR PARA IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA, O VALOR DE R$ 300.000,00.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. FRANCISCO BENEDITO DENUBILA. </t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS À COMPANHIA PAULISTA DE FORÇA E LUZ - CPFL/MOCOCA, PELO INVESTIMENTO DE APROXIMADAMENTE R$ 7 MILHÕES NO REFORÇO DO SISTEMA ELÉTRICO DO MUNICÍPIO AO LONGO DO EXERCÍCIO DE 2015. </t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. TEREZA FINOTTI PARMA. </t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. LUZIA CONCEIÇÃO RODRIGUES DOS REIS. </t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE POFUNDO PESAR PELO FALECIMENTO DO SR. ADELVINO BUENO RIBEIRO. </t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Iê Baisi, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOÃO ANA EVANGELISTA.</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Fatinha, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTOS AO SERVIDOR DA PREFEITURA MUNICIPAL DE MOCOCA, SR. ADILSON DE JESUS ZEFERINO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO, EM ESPECIAL AO DISTRITO DE IGARAÍ. </t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Iê Baisi, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS A ATUAL ADMINISTRAÇÃO E AO DEPARTAMENTO MUNICIPAL DE SAÚDE, PELA REFORMA E AMPLIAÇÃO DA UNIDADE DE SAÚDE "DR. JACYNTHO TALIBERTI". </t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. MÁRIO VALTER MOREIRA. </t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO SR. ERCIO ESCANAVAQUE, PRESIDENTE DA ASSOCIAÇÃO DOS MORADORES DE BAIRRO DO JOSÉ JUSTI - PARTE I E II, PELA RECEPTIVIDADE A ESTE VEREADOR EM VISITA AO BAIRRO. </t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. ELZA MESQUITA SCARPARO.</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO EXMO. SR. DEPUTADO FEDERAL BRUNO COVAS (PSDB-SP) PELA PASSAGEM DE SEU ANIVERSÁRIO, OCORRIDO NO ÚLTIMO DIA 7 DE ABRIL. </t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. ADÉLIA PIERINE ARROIO. </t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. APARECIDO DA SILVA. </t>
   </si>
   <si>
     <t>5387</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO DIRETOR DO DEPARTAMENTO DE ESTRADAS DE RODAGEM - DER-13 DE RIO CLARO, DR. DANILO LUIZ DEZAN, PELA RECEPTIVIDADE E ATENÇÃO OFERTADAS AOS VEREADORES DESTA CASA DE LEIS.  </t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. VERA LÚCIA GREGHI BORACHI.</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO AO MAJOR PM VLADIMIR REIS DA SILVA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO POVO PAULISTA NA CONDUÇÃO DA SUBCHEFIA DA ASSESSORIA POLÍCIA MILITAR DO TRIBUNAL DE JUSTIÇA DE SÃO PAULO - APMTJ. </t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli, Fatinha, Francisco Tuca 2017-2020, Guilherme, Iê Baisi, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO O APOIO DA ORGANIZAÇÃO INTERNACIONAL DO TRABALHO - OIT, AFIM DE EVITAR QUE A EMPRESA DELPHI AUTOMOTIVE SYSTEMS, ENCERRE SUAS ATIVIDADES EM NOSSO MUNICÍPIO DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli, Fatinha, Francisco Tuca 2017-2020, Guilherme, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano, Sonia de Pauli 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITANDO O APOIO DA FEDERAÇÃO INTERNACIONAL DOS TRABALHADORES METALÚRGICOS - FITIM, AFIM DE EVITAR QUE A EMPRESA DELPHI AUTOMOTIVES SYSTEMS, ENCERRE SUAS ATIVIDADES EM NOSSO MUNICÍPIO DE MOCOCA/SP. </t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, Fatinha, Francisco Tuca 2017-2020, Guilherme, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano, Sônia de Pauli 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAMOS O APOIO DA FORÇA SINDICAL (SECRETARIA DE RELAÇÕES INTERNACIONAIS), AFIM DE EVITAR QUE A EMPRESA DELPHI AUTOMOTIVE SYSTEMS, ENCERRE SUAS ATIVIDADES EM NOSSO MUNICÍPIO DE MOCOCA/SP. </t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Fatinha, Francisco Tuca 2017-2020, Guilherme, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE REPUDIO AOS SERVIÇOS PRESTADOS PELA TELEFONIA VIVO EM NOSSO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>5480</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Elisângela Mazini Maziero Breganoli, Fatinha, Francisco Tuca 2017-2020, Guilherme, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano, Sônia de Pauli 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE REPÚDIO AO AUMENTO DA TARIFA DE ENERGIA ELÉTRICA. </t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS À GUARDA CIVIL MUNICIPAL DE MOCOCA PELAS AÇÕES DE INTENSIFICAÇÃO DA SEGURANÇA DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO. </t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO GRUPO DE ESCOTEIROS GUARÁ, PELO DIA MUNDIAL DO ESCOTEIRO, COMEMORADO EM TODO MUNDO NO DIA 23 DE ABRIL. </t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Chico do Sindicato, Iê Baisi, Odair Dois Mil, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. CARLOS ROBERTO ROSA. </t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Chico do Sindicato, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO TIME SÃO BENEDITO FUTEBOL CLUBE QUE SAGROU-SE CAMPEÃO NA 8ª COPA MOCOQUINHA DE FUTEBOL AMADOR DE 2015.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO TIME VILA CARVALHO FUTEBOL CLUBE QUE SAGROU-SE VICE-CAMPEÃO NA 8ª COPA MOCOQUINHA DE FUTEBOL AMADOR 2015. </t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTOS A EXMA. SRA. PREFEITA MUNICIPAL E AO SEU DEPARTAMENTO DE ESPORTES, RECREAÇÃO E LAZER PELA REFORMA DO POPULAR CAMPO DO CRUZEIRO. </t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Fatinha, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E AGRADECIMENTOS AO SR. CARLOS HENRIQUE DA SILVA, PELOS CUIDADOS PRESTADOS COMO ZELADOR NO POPULAR GINÁSIO DE ESPORTES RUSSÃO. </t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOÃO CARLOS CÂNDIDO. </t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS ÀS INSTITUIÇÕES DE ENSINO DO MUNICÍPIO PARTICIPANTES DO "CURSO DE INICIAÇÃO POLÍTICA", PROMOVIDO PELA CÂMARA MUNICIPAL DE MOCOCA E PELA ESCOLA DO LEGISLATIVO "DR. TIAGO FERRAZ DE SIQUEIRA". </t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO DEPARTAMENTO MUNICIPAL DE ESPORTES, RECREAÇÃO E LAZER - DERLA, PELA OFERTA DE MODALIDADES DE ESPORTIVAS NAS ESCOLINHAS ESPORTIVAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. LEONARDO LUCIANO FILHO.</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOSÉ FANTI. </t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO SR. FABIANO CAMARGO, PELA PROMOÇÃO DO 2° CAMPEONATO DE MARCHA DE MOCOCA E REGIÃO - 2ª ETAPA DO POEIRÃO. </t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. LAURA DA SILVA MAZIERO. </t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. VILMA FERREIRA DOS SANTOS FERNANDES. </t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. LUIZ ARMANDO ROMÃO. </t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO PRESIDENTE DO SINDICATO DOS CONDUTORES DE VEÍCULOS RODOVIÁRIOS DE MOCOCA E REGIÃO E AMIGO DE LONGAS DATAS, SR. HÉLIO TEODORO DA SILVA. </t>
   </si>
   <si>
     <t>5618</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO FUNCIONÁRIOS DO DETRAN/SP, TALITA LOPES E JOSÉ MARTINS, PELA DEDICAÇÃO E EMPENHO DISPENSADOS NO ATENDIMENTO A ESTE VEREADOR. </t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Elias de Sisto 2013-2016, Iê Baisi, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO JORNAL "O DESTAQUE", PELOS ARTIGOS PUBLICADOS PELO PODER LEGISLATIVO MOCOQUENSE. </t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. SEBASTIÃO DE SOUZA. </t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Iê Baisi, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AO MÉDICO DR. EDILSON JOSÉ GOULART, PELO RELEVANTE TRABALHO DESENVOLVIDO NO ESF ANTÔNIO CARLOS MASSARO NO BAIRRO JARDIM SÃO JOSÉ.</t>
   </si>
   <si>
     <t>5404</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. MARIA JOSÉ DA SILVA PEREIRA. </t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO DEPARTAMENTO DE DESENVOLVIMENTO SOCIAL E HABITAÇÃO, BEM COMO A SRA. GRACE GERALDO, PELAS NOVAS INSTALAÇÕES DA CASA DO IDOSO, NO DISTRITO DE SÃO BENEDITO DAS AREIAS. </t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS À 88ª SUBSECÇÃO DA ORDEM DOS ADVOGADOS DO BRASIL - OAB/MOCOCA-SP, PELO VALIOSO APOIO NO CURSO DE CAPACITAÇÃO DE ASSOCIAÇÕES DE AMIGOS DE BAIRRO DO NOSSO MUNICÍPIO, MINISTRADO SEMANALMENTE NA ESCOLA DO LEGISLATIVO "DR. TIAGO FERRAZ DE SIQUEIRA". </t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DE WASHINGTON LUIZ LEAL. </t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, Guilherme, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA EX-PRESIDENTE DESTA CASA DE LEIS, SRA. LEIDE FALARINI BEDIN. </t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Brasilino Antônio de Moraes, Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO SUPERINTENDENTE DO DEPARTAMENTO DE ESTRADAS DE RODAGEM - D.E.R., ENG°. ARMANDO COSTA FERREIRA, PELA RECEPTIVIDADE E ATENÇÃO OFERTADAS AOS VEREADORES DESTA CASA DE LEIS. </t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO SUBSECRETÁRIO DE ASSUNTOS PARLAMENTARES DA CASA CIVIL DO ESTADO DE SÃO PAULO, DR. JOÃO CARAMEZ, PELA RECEPTIVIDADE E ATENÇÃO OFERTADAS AOS VEREADORES DESTA CASA DE LEIS. </t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTO AO SECRETÁRIO ADJUNTO DE LOGÍSTICA E TRANSPORTE, DR. ALBERTO JOSÉ MACEDO FILHO, PELA RECEPTIVIDADE E ATENÇÃO OFERTADAS AOS VEREADORES DESTA CASA DE LEIS. </t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. FRANCISCO LINO GONÇALVES. </t>
   </si>
   <si>
     <t>5363</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Fatinha, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. FRANCISCO DE ASSIS DE SOUZA. </t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Elias de Sisto 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOSÉ GUIMARÃES CARNEIRO. </t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES A LOJA MAÇÔNICA SOLIDARIEDADE E JUSTIÇA, QUE COMPLETA 20 ANOS DE FUNDAÇÃO EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Elias de Sisto 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JORGE ALVES DE SOUZA. </t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Elias de Sisto 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES À ASSOCIAÇÃO DE MORADORES DO BAIRRO VILA SÃO DOMINGOS PELA HONROSA SOLENIDADE DE POSSE DA NOVA DIRETORIA. </t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO AO GRUPO SOLIDARIEDADE DE MOCOCA PELA PROMOÇÃO DE MAIS UM LEILÃO DE GADO EM PROL DA IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA. </t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROTESTO PELO FECHAMENTO DO CURSO DE AGRONEGÓCIO NA FATEC MOCOCA. </t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO CINE MOCOCA PELA EXIBIÇÃO DO FILME "OS VINGADORES 2: A ERA DE ULTRON", EM OCASIÃO DE SEU LANÇAMENTO NACIONAL. </t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE AMANDA ALVES BARBOSA.</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Chico do Sindicato, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTONIO JOAQUIM FILHO. </t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO SR. CARLOS EDUARDO SÍMPLICIO, O FAZENDEIRO, PELO TRABALHO VOLUNTÁRIO REALIZADO NA RUA DR. JOSÉ THIAGO DE SIQUEIRA JÚNIOR, NO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI. </t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO À MESA DIRETORA DA CÂMARA MUNICIPAL DE MOCOCA, ATRAVÉS DO PRESIDENTE, VEREADOR LUIZ BRÁS MARIANO EM FACE DO PRÊMIO RECEBIDO "SÃO PAULO MELHOR" OUTORGADO PELO INSTITUTO DE ESTUDOS POLÍTICOS. </t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO AO PRESIDENTE DA CÂMARA MUNICIPAL, VEREADOR LUIZ BRAZ MARIANO E AO ASSESSOR JURÍDICO, DR. RENER DA SILVA AMÂNCIO, PELA PARTICIPAÇÃO DO 31° SEMINÁRIO PAULISTA - QUE ACONTECEU NOS DIAS 20 E 21 DE MAIO EM SÃO PAULO, PROMOVIDO PELO INSTITUTO DE ESTUDOS POLÍTICOS. </t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. CLEUSA APARECIDO GIGLIO ROSSETI. </t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULANDO-SE COM O DIA DO TRABALHO RURAL.</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO AO DEPUTADO ESTADUAL GIL LANCASTER, PELA INICIATIVA DO PROJETO DE LEI QUE INSTITUI A SEMANA ESTADUAL DA DIABETES TIPO 1 E PELA PRODUTIVA AUDIÊNCIA PÚBLICA OCORRIDA NO ÚLTIMO DIA 20 DE MAIO NA ALESP. </t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO AO DEPUTADO ESTADUAL GIL LANCASTER PELA PUBLICAÇÃO DO LIVRO "MEU CAMINHO". </t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Chico do Sindicato, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Fatinha, Felipe Naufel, Francisco Tuca 2017-2020, Iê Baisi, Luiz Braz Mariano, Odair Dois Mil, Renato do Gás 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. STELA ZAMARCO CARDOSO. </t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E AGRADECIMENTOS A ESTA CASA DE LEIS PELA SERIEDADE E DEDICAÇÃO NA PROMOÇÃO DA SESSÃO DA CÂMARA NO BAIRRO, REALIZADA NO ÚLTIMO DIA 28 DE MARÇO EM IGARAÍ. </t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO AOS COLABORADORES DA SESSÃO DA CÂMARA NO BAIRRO, REALIZADA NO ÚLTIMO DIA 28 DE MAIO NO DISTRITO DE IGARAÍ.</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOÃO MARTINI. </t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. MIRIAM CILLI STRACIERI RIBEIRO JACOB. </t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Elisângela Mazini Maziero Breganoli, Iê Baisi, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AOS FAMILIARES DO SAUDOSO DR. SAULO PEREIRA LIMA, PELA EDIÇÃO DO LIVRO "COISAS DO CORAÇÃO", COLETÂNEA DE POESIAS E CRÔNICAS ESCRITAS PELO MESMO. </t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Chico do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JASAIR CODOGNO.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Felipe Naufel, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AOS PROFISSIONAIS DE ENFERMAGEM PELA COMEMORAÇÃO AO "DIA NACIONAL DO TÉCNICO E AUXILIAR DE ENFERMAGEM" CELEBRADO NO ÚLTIMO DIA 20 DE MAIO. </t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Felipe Naufel</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E APLAUSOS A ASSOCIAÇÃO ESPORTIVA MOCOQUENSE, PELA PROMOÇÃO DO "XXII TROFÉU KIM MOLLO DE NATAÇÃO".</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO DEPUTADO FEDERAL, ARNALDO FARIA DE SÁ (PTB-SP), PELO ÁRDUO TRABALHO EM PROL DOS TRABALHADORES ATRAVÉS DOS ANOS, ATUALMENTE COROADO PELA DERRUBADA DO FIM DO FATOR PREVIDENCIÁRIO NO CONGRESSO NACIONAL.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO EX-PRESIDENTE DO SINDICATO NACIONAL DOS APOSENTADOS, SR. JOÃO BATISTA INOCENTINI, PELO ÁRDUO TRABALHO EM PROL DOS TRABALHADORES ATRAVÉS DOAS ANOS, ATUALMENTE DERRUBADA PELO FIM DO FATOR PREVIDÊNCIÁRIO NO CONGRESSO NACIONAL. </t>
   </si>
   <si>
     <t>5349</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5349/5349_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5349/5349_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO SR. DA REPÚBLICA, SR. PAULO PAIM (PT/RS), PELO ÁRDUO TRABALHO EM PROL DO TRABALHADORES ATRAVÉS DOS ANOS, ATUALMENTE COROADO PELA DERRUBADA DO FIM DO FATOR PREVIDENCIÁRIO NO CONGRESSO NACIONAL. </t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS À TERAPEUTA HOLÍSTICA, SRA. BEATRIZ SCARPARO MACIEL, PELO VALIOSO APOIO NO 2° MÓDULO DO CURSO DE CAPACITAÇÃO DE ASSOCIAÇÕES DE AMIGOS DE BAIRRO DO NOSSO MUNICÍPIO, MINISTRADO SEMANALMENTE NA ESCOLA DO LEGISLATIVO "DR. TIAGO FERRAZ DE SIQUEIRA".</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Fatinha, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ARNALDO ANTONIO DIAS. </t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Fatinha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO À POLÍCIA MILITAR DE MOCOCA PELA REALIZAÇÃO DO PROERD - PROGRAMA EDUCACIONAL DE RESISTÊNCIA ÀS DROGAS E À VIOLÊNCIA. </t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES E APLAUSOS AO DEPARTAMENTO DE ESPORTES, RECREAÇÃO E LAZER - DERLA, PELA PROMOÇÃO DE VÁRIOS EVENTOS EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E RECONHECIMENTO À MRA "SOLUÇÕES EM ENERGIA ELÉTRICA", PELOS RELEVANTES SERVIÇOS DE MANUTENÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA, PRESTADOS AO NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Fatinha, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. PALMIRA DA SILVA ROCHA. </t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS À EMEB "PROFA. ERMELINDA VIEIRA", PELO PROJETO EDUCACIONAL COOPERATIVO. </t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Elisângela Mazini Maziero Breganoli, Odair Dois Mil, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. OLGA MARIA TONOLLI TRIPODORI. </t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Odair Dois Mil, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. ILZA CAMARINI JORENTE. </t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. MARIA PARECIDA DO NASCIMENTO. </t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO SR. FABIANO CAMARGO PELA PROMOÇÃO DO 2° CAMPEONATO DE MARCHA DE MOCOCA E REGIÃO - 3ª ETAPA DO POEIRÃO. </t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS À EXMA. SRA. PREFEITA MUNICIPAL, AO DEPARTAMENTO MUNICIPAL DE CULTURA E TURISMO, AO DERLA, AO DR. JOÃO BATISTA ROTTA E ÀS ENTIDADES: ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE MOCOCA - APAE, ASSOCIAÇÃO SÃO FRANCISCO - CASA ABRIGO, IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA E LAR DOS VELHINHOS DR. ADOLPHO BARRETTO, PELA REALIZAÇÃO DO 3° FESTIVAL JUNINO DE MOCOCA. </t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A SOCIEDADE BRASILEIRA DE CIRURGIA PLÁSTICA - REGIONAL SÃO PAULO/SP, PELA 35ª JORNADA PAULISTA DE CIRURGIA PLÁSTICA, OCORRIDA NOS DIAS 3 A 6 DE JUNHO P. PASSADOS.</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS A UERJ - UNIVERSIDADE ESTADUAL DO RIO DE JANEIRO, PELA EXCELÊNCIA NOS CURSOS DE CIÊNCIAS MÉDICAS. </t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Odair Dois Mil, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DE JOSÉ RANGEL VILA. </t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES À ORDEM TERCEIRA SECULAR DE MOCOCA, PELA REALIZAÇÃO DO CHÁ FRANCISCANO. </t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES E APLAUSOS AO SR. SÉRGIO TERES, PELOS TRABALHOS DESENVOLVIDOS NA COLETA DE ÓLEO PARA RECICLAGEM. </t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE REPÚDIO AOS ORGANIZADORES, E PATROCINADORES DA 19 PARADA LGBT DE SÃO PAULO PELAS GRITANTES OFENSAS À FÉ CRISTÃ E AO POVO CRISTÃO.</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES E APLAUSOS A TRANSAMÉRICA HITS, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA DA COMUNICAÇÃO. </t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2119/2119_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2119/2119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AGRADECIMENTOS AO GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO ALCKIMIN PELA LIBERAÇÃO NO ANO DE 2014 DE UMA ACADEMIA AO AR LIVRE PARA O DISTRITO DE SÃO BENEDITO DAS AREIAS, MUNICÍPIO DE MOCOCA/SP. </t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2068/2068_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2068/2068_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO GRUPO ECOLÓGICO D'ÁGUA, A SABESP DE MOCOCA E A FAFEM/FUNVIC, PELO PLANTIO DE ÁRVORES NAS MARGENS DO RIO CANOAS. </t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2573/2573_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2573/2573_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À EQUIPE RESPONSÁVEL PELA CAMPANHA DE VACINAÇÃO ANTI-RÁBICA.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2005/2005_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2005/2005_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AOS FUNCIONÁRIOS QUE INTEGRAM E ATUAM NA JUSTIÇA TRABALHISTA DE MOCOCA.</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO EXMO. SR. DEPUTADO FEDERAL, EROS BIONDINI (PTB/MG) PELA CONSTANTE ATUAÇÃO EM FAVOR DA FAMÍLIA E LUTA CONTRA INTRODUÇÃO DA " IDEOLOGIA DE GÊNERO" EM NOSSA SOCIEDADE. </t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Renato do Gás 2013-2016, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2160/2160_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2160/2160_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E AGRADECIMENTOS AO CASAL MACÁRIO FERRAZ E MARIA LUCIA DA SILVA FERRAZ PELA PROMOÇÃO DO TERÇO JUNINO, OCORRIDO NO ULTIMO DIA 13 DE JUNHO, NA CHÁCARA 24 DO CONDOMÍNIO DE CHÁCARAS DA GUARDINHA.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO DEPARTAMENTO MUNICIPAL E AO CONSELHO MUNICIPAL DE SAÚDE, PELA PROMOÇÃO DA PLENÁRIA MUNICIPAL COM O TEMA A PREVENÇÃO NO SÉCULO XXI: QUAL A IMPORTÂNCIA DA MINHA DA MINHA PARTICIPAÇÃO?</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Bim Taliberti 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2336/2336_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2336/2336_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA LISETTE CAMPOS ALMEIDA DE GODOY.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO PRESIDENTE DO TRIBUNAL REGIONAL DO TRABALHO DA 15º REGIÃO, DESEMBARGADOR DR. LORIVAL FERREIRA DOS SANTOS, PELA SUA IMPECÁVEL ATUAÇÃO FRENTE À FRENTE DO TRT.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2253/2253_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2253/2253_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A NOVA DIRETORIA DO CONTUR - CONSELHO MUNICIPAL DE TURISMO.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A ASSOCIAÇÃO DE AMIGOS DE BAIRRO DO CONJUNTO HABITACIONAL DR. GILBERTO ROSSETTI - COHAB II, PELO EXCELENTE TRABALHO DESENVOLVIDO EM PROL DE NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1915/1915_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1915/1915_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR BRAULINO DE SOUZA.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2417/2417_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2417/2417_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA IRACI MENDES.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2316/2316_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2316/2316_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E AGRADECIMENTOS AO COLEGA VEREADOR, DR. ALOYSIO TALIBERTI FILHO (BIM TALIBERTI), POR OCASIÃO DE SUA VISITA AO DISTRITO DE SÃO BENEDITO DAS AREIAS NO DIA 21 DE JUNHO PASSADO.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2095/2095_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2095/2095_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR SILVIO PAREDES.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À NAFA MÓVEIS PELA CONQUISTA DE UM IMÓVEL NO DISTRITO INDUSTRIAL II, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1956/1956_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1956/1956_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO NOBRE EDIL DESTA CASA LEGISLATIVA E COMPANHEIRO DE VEREANÇA, FRANCISCO SALES GABRIEL FERNANDES, O QUERIDO CHICO DO SINDICATO, PELA PASSAGEM DO SEU ANIVERSÁRIO, COMEMORADO NO DIA 15 D JUNHO.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2340/2340_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2340/2340_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E AGRADECIMENTOS AO SOCIÓLOGO, PEDRO AUGUSTO CEREGATTI MORENO, PELO VALIOSO APOIO NO 3° MODULO DO CURSO DE CAPACITAÇÃO DE ASSOCIAÇÕES DE AMIGOS DE BAIRRO DO NOSSO MUNICÍPIO, MINISTRADO SEMANALMENTE NA ESCOLA DO LEGISLATIVO DR. TIAGO FERRAZ DE SIQUEIRA. </t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2490/2490_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2490/2490_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTOS A MARIA APARECIDA DA SILVA CORRÊA DE OLIVEIRA, NOSSA QUERIDA AMIGA CIDINHA, PELO TRABALHO VOLUNTARIO DE MINISTRAR O CURSO DE CAPACITAÇÃO O PROCESSO DE DESENVOLVIMENTO DO PAPEL PROFISSIONAL, AOS FUNCIONÁRIO E SERVIDORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2365/2365_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2365/2365_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR LINDO DURIGON.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2179/2179_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2179/2179_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ANTÔNIA MAZETEE DOS SANTOS.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2477/2477_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2477/2477_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR BENEDITO FÉLIX.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Bim Taliberti 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2120/2120_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2120/2120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À COMUNIDADE DE SÃO BENEDITO DAS AREIAS E À PRESIDENTE DO GRUPO SOLIDARIEDADE, SRA. ROSÂNGELA MARIA MELLES STICCA, PELA PROMOÇÃO DO 7° LEILÃO DE GADO E DEMAIS EVENTOS EM PROL DA IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE MOCOCA.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO DR. FELIPE NIERO NAUFEL, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE MOCOCA E A ESTÁ CASA DE LEIS NO PERÍODO EM QUE ESTEVE NA VEREANÇA. </t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3641/3641_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3641/3641_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO PADRE WILLIAM APARECIDO LEAL, PELA PROMOÇÃO DA FESTA JUNINA NO DISTRITO DE SÃO BENEDITO DAS AREIAS, NO ULTIMO DIA 27 DE JUNHO.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PARABENIZANDO A IGREJA EVANGÉLICA CONGREGACIONAL DE MOCOCA, PELA PASSAGEM DO SEU 40° ANIVERSÁRIO DA FUNDAÇÃO. </t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2455/2455_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2455/2455_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AO APRESENTADOR DO PROGRAMA PHN DA EMISSORA CANÇÃO NOVA, FRANCISCO JOSÉ DOS SANTOS, CONHECIDO CARINHOSAMENTE POR DUNGA, PELO EVENTO REALIZADO NO MUNICÍPIO DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2168/2168_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2168/2168_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AO FREEMIND, PELO PROJETO DESENVOLVIDO NAS ESCOLAS DO MUNICÍPIO DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO SENHOR JOSÉ ÂNGELO APARECIDO BOTTEON E A COMUNIDADE DO BAIRRO DO DESCANSO, PELA PROMOÇÃO DA FESTA JUNINA, NO ULTIMO DIA 27 DE JUNHO.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2015/2015_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2015/2015_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANTÔNIO FERNANDO COSTA DA SILVA.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2206/2206_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2206/2206_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR PAULO MAXIMIANO DA ALVES.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1937/1937_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1937/1937_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ LUCIANO FILHO.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2136/2136_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2136/2136_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR MARIO BEO.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2236/2236_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2236/2236_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E AGRADECIMENTOS AO NOBRE DEPUTADO FEDERAL, SILVIO FRANÇA TORRES, PELO EMPENHO NA LIBERAÇÃO DAS CASAS POPULARES PARA O DISTRITO DE SÃO BENEDITO DAS AREIAS, E TAMBÉM NA OCASIÃO QUE OCUPAVA O CARGO DE SECRETÁRIO DE HABITAÇÃO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2249/2249_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2249/2249_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULANDO-SE COM O CASAL VALDOMIRO JOSÉ DOS SANTOS E ORLANDA ZAVAGLI DOS SANTOS, QUE HÁ 66 ANOS SE UNIRAM SOB AS BENÇÃOS DE DEUS PARA VIVEREM O SEU ETERNO PATRIMÔNIO.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2406/2406_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2406/2406_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA REGINA HELENA CASTELANI BARBARINI.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1953/1953_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1953/1953_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO PROFESSOR SEBASTIÃO BARRETO - TIÃOZINHO,PELA CONQUISTA DA MEDALHA DE OURO NA CATEGORIA FUTSAL MASCULINO, 59° EDIÇÃO DOS JOGOS REGIONAIS.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2146/2146_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2146/2146_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A PREFEITURA MUNICIPAL DE MOCOCA, AO DEPARTAMENTO MUNICIPAL DE ESPORTES, RECREAÇÃO E LAZER - DERLA - AOS PROFESSORES, COLABORADORES E ATLETAS, PELA 59° EDIÇÃO DOS JOGOS REGIONAIS.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2576/2576_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2576/2576_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AO SENHOR MARCOS DONIZETE MACHADO - MARKINHOS MACHADO, PELAS RELEVANTES CONQUISTAS DOS PARA-ATLETAS, QUE SE DESTACARAM NA 59° EDIÇÃO DOS JOGOS REGIONAIS. </t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2337/2337_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2337/2337_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ZENAIDE BELUTI MARTINS.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2464/2464_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2464/2464_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR LUIZ AMORIELLO FILHO.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2180/2180_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2180/2180_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APOIO À APROVAÇÃO DO PROJETO DE LEI N° 8256/2014, DE AUTORIA DO TRIBUNAL SUPERIOR DO TRABALHO, ENCAMINHADO AO CONGRESSO NACIONAL, QUE DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTOS EFETIVO NO QUADRO DE PESSOAL DA SECRETARIA DO TRIBUNAL REGIONAL DO TRABALHO DA 15° REGIÃO.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2408/2408_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2408/2408_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA IRMÃ FRANCISCA GONÇALVES.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2556/2556_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2556/2556_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À EE. DR. CARLOS LIMA DIAS, PELO PROJETO ACD - ATIVIDADE CURRICULAR DESPORTIVA.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2060/2060_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2060/2060_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR WALDEMAR MOREIRA.</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5333/5333_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5333/5333_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANTÔNIO DELDUCA.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2100/2100_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2100/2100_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR OSWALDO APARECIDO MARQUES.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2530/2530_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2530/2530_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ BENEDITO SILVÉRIO.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2451/2451_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2451/2451_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA HELENA CONCEIÇÃO SANCHES SANTOLIN.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2190/2190_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2190/2190_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO AO SECRETÁRIO DE DESENVOLVIMENTO ECONÔMICO, CIÊNCIA, TECNOLOGIA E INOVAÇÃO, VICE GOVERNADOR MARCIO FRANÇA PELA RECEPTIVIDADE E ATENÇÃO DISPENSADA AOS VEREADORES POR OCASIÃO DA AUDIÊNCIA QUE OCORREU NO ÚLTIMO DIA 04 DE AGOSTO.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2472/2472_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2472/2472_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR OSWALDO ELIAS NASSIM.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA PALMIRA VICCIONE GRANITO.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E APLAUSOS AOS ORGANIZADORES DO 7° ENCONTRO REGIONAL DE FOLIA DE REIS, REALIZADO NO DISTRITO DE IGARAÍ.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2468/2468_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2468/2468_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO VEREADOR AGIMAR ALVES, E AO DEPARTAMENTO MUNICIPAL DE CULTURA, PELA ORGANIZAÇÃO DAS FESTIVIDADES EM COMEMORAÇÃO AOS 159° ANIVERSÁRIO DO DISTRITO.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2304/2304_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2304/2304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS AS LOJAS PERNAMBUCANAS PELO PATROCÍNIO AO PROJETO BAÚ DAS ARTES. </t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO E A EMEB PROF. JOSÉ BARRETO COELHO, PELA PROMOÇÃO DO V SIMPÓSIO DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2115/2115_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2115/2115_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO EXMO. SR. PRESIDENTE DA CÂMARA FEDERAL, DEPUTADO EDUARDO CUNHA, PELO APOIO NA APROVAÇÃO DO PROJETO DE LEI Nº 1358/2015, QUE MODIFICA O CÁLCULO DE CORREÇÃO DO FGTS.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2499/2499_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2499/2499_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS À POLICIA MILITAR DE MOCOCA,PELOS RELEVANTES SERVIÇOS PRESTADOS NO EPISODIO WAGNER BECKER. </t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1941/1941_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1941/1941_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A POLÍCIA CIVIL DE MOCOCA, PELOS RELEVANTES SERVIÇOS PRESTADOS NO EPISÓDIO WAGNER BECKER.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2149/2149_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2149/2149_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A ELAINE CRISTINE DE SOUZA CARVALHO, PELOS RELEVANTES SERVIÇOS PRESTADOS A ESTE PODER LEGISLATIVO E A NOSSA COMUNIDADE, COORDENADORA PEDAGÓGICA DA ESCOLA DO LEGISLATIVO "DR. TIAGO FERRAZ DE SIQUEIRA".</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2418/2418_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2418/2418_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A HENRIQUE FRADE FERRAZ DIAS, PELOS RELEVANTES SERVIÇOS PRESTADOS A ESTE PODER LEGISLATIVO E À NOSSA COMUNIDADE, COMO ASSESSOR PARLAMENTAR DA ESCOLA DO LEGISLATIVO DR. TIAGO FERRAZ DE SIQUEIRA.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2395/2395_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2395/2395_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO CONSELHO REGIONAL DE CORRETORES DE IMÓVEIS DO ESTADO DE SÃO PAULO - CRECISP E AOS CORRETORES DE IMÓVEIS DO MUNICÍPIO DE MOCOCA, PELO DIA DO CORRETOR DE IMÓVEIS A SER COMEMORADO NO PRÓXIMO DIA 27 DE AGOSTO.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2143/2143_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2143/2143_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA IRENE RIBEIRO PEREIRA.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2334/2334_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2334/2334_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APOIO AO SR. BUCH PASTORIZA (PRESIDENTE DO GRUPO SINDIMAQ) PELA CONDUTA ÉTICA E CORAJOSA, DIFERENTE DO DISCURSO FÁCIL E CÔMODO DE ALGUNS EMPRESÁRIOS, DE IR PARA A RUA JUNTO COM A CLASSE TRABALHADORA DEFENDENDO PUBLICAMENTE A INDÚSTRIA E O EMPREGO, PARA QUE TODA A SOCIEDADE ENTENDA QUE O PILAR MESTRE DE UMA SOCIEDADE DEMOCRÁTICA É CONSTITUÍDA, SOBRETUDO, DE CIDADÃOS DE BEM ATRAVÉS DE UMA SAUDÁVEL RELAÇÃO CAPITAL/TRABALHO.  </t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2194/2194_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2194/2194_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A LOJA MAÇÔNICA HONRA E DEVER DO MUNICÍPIO DE ARCEBURGO/MG, PELO DIA DO MAÇOM, A SER COMEMORADO NO PRÓXIMO DIA  20 DE AGOSTO.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3084/3084_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3084/3084_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A LOJA MAÇÔNICA UNIÃO MOCOQUENSE, PELO DIA DO MAÇOM, A SER COMEMORADO NO PRÓXIMO DIA 20 DE AGOSTO.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2330/2330_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2330/2330_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A LOJA MAÇÔNICA SOLIDARIEDADE E JUSTIÇA, PELO DIA DO MAÇOM, A SER COMEMORADO NO PRÓXIMO DIA 20 DE AGOSTO.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2515/2515_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2515/2515_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AOS FUNCIONÁRIOS DO ESF. MARIA MAGDALENA TALIBERTI CUNALI, PELOS RELEVANTES SERVIÇOS PRESTADOS AOS MORADORES DOS BAIRROS NENÊ PEREIRA LIMA, JOSÉ JUSTI, PARQUE DO CANOAS E CONDOMÍNIO SÃO DOMINGOS SHOP.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2167/2167_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2167/2167_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO A RADIO COMUNITÁRIA ESPERANÇA E VIDA, QUE COMPLETA 14 ANOS DE TRABALHOS DEDICADOS AO NOSSO MUNICÍPIO NA PROMOÇÃO DA COMUNICAÇÃO RELIGIOSA.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Sérgio Corinthiano, Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2323/2323_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2323/2323_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR GERALDO RAMALHO.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1946/1946_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1946/1946_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOÃO GUALBERTO CAVERZAM.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Sérgio Corinthiano, Fatinha</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2429/2429_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2429/2429_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR PAULO AFONSO MOREIRA DA SILVA.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2174/2174_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2174/2174_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA JOSÉ FERREIRA TAVARES.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2098/2098_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2098/2098_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO GRUPO SOLIDARIEDADE DE MOCOCA, PELA PASSAGEM DO 20° ANIVERSÁRIO, COMEMORADO NO DIA 19 DE JUNHO PASSADO.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1933/1933_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1933/1933_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA DIVA CLAUDINA DIAS BRUSCAIN.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2548/2548_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2548/2548_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES AO SR. DÁRIO BENEDITO PINHEIRO, QUE ASSUMIU A DIREÇÃO DA ESCOLA DE ENSINO INTEGRAL OSCAR VILLARES NO INÍCIO DO MÊS DE MARÇO. </t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2214/2214_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2214/2214_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES PELA PASSAGEM DO 76° DE FUNDAÇÃO DA ESCOLA DE ENSINO INTEGRAL OSCAR VILLARES.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2449/2449_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2449/2449_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO A SRA. MARIA CRISTINA DE LIMA VILLARES, SOBRINHA-NETA DO SAUDOSO OSCAR VILLARES, QUE DOOU PARA O ACERVO DA ESCOLA O DIPLOMA DE ODONTOLOGIA DO SEU TIO.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Iê Baisi, Eduardo Barison 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2807/2807_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2807/2807_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO COLÉGIO MARIA IMACULADA, 1° COLOCADO NO EXAME NACIONAL DO ENSINO MÉDIO - ENEM.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2010/2010_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2010/2010_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO COLETIVO MOCOCA LEGAL, QUE SEMANALMENTE SE REÚNEM PARA DISCUTIR PARA DISCUTIR ACERCA DAS PRINCIPAIS POLÍTICAS PÚBLICAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2448/2448_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2448/2448_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULANDO-SE COM OS TRABALHADORES DA FRENTE DE TRABALHO, PELO RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2198/2198_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2198/2198_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO CONSELHO COMUNITÁRIO DE SEGURANÇA - CONSEG, PELOS RELEVANTES TRABALHOS REALIZADOS EM NOSSO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2315/2315_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2315/2315_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PEAR PELO FALECIMENTO DO SENHOR ABEL MARTINS DOS SANTOS.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1920/1920_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1920/1920_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA NEIVA COELHO CORREA.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2353/2353_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2353/2353_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA DOMINGOS MORENO LOURENÇO.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2512/2512_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2512/2512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS A PARÓQUIA SÃO SEBASTIÃO E À PASTORAL FAMILIAR PELA PROMOÇÃO DA SEMANA DA FAMÍLIA, OCORRIDA DE 9 A 15 DE AGOSTO. </t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR FERNANDO BUENO RIBEIRO.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A DÉBORA VENTURA PELO LANÇAMENTO DO LIVRO A NAVEGANTE.</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO SINDICATO NACIONAL DOS APOSENTADOS (SINDINAPI), PELOS RELEVANTES TRABALHOS DESENVOLVIDOS À FRETE DESTA CLASSE TÃO SOFRIDA, QUE SÃO OS APOSENTADOS E PENSIONISTAS DE TODO O BRASIL.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2310/2310_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2310/2310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES A FONOAUDIÓLOGA DANIELA SCARPARO NAUFEL, PELA INAUGURAÇÃO DA NOVA SEDE DO CEFON - CENTRO FONOAUDIÓLOGO. </t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2011/2011_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2011/2011_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A SENHORA MARIA CRIZEIDE RISSO, PELO EXCELENTE TRABALHO DESENVOLVIDO A FRETE DA EMBE PROFA. VERA SANDOVAL MEIRELLES.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2244/2244_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2244/2244_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE JOÃO LUCAS DA SILVA.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2366/2366_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2366/2366_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A EMEB ALCEBÍADES QUILICE, PELA PASSAGEM DE SEU 4° ANIVERSÁRIO, COMEMORADO NO MÊS DE AGOSTO.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2557/2557_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2557/2557_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTOS AO COMPANHEIRO DE VEREANÇA E AMIGO, VEREADOR ODAIR ANTÔNIO DA SILVA - ODAIR DOIS MIL, PELO APOIO INCONDICIONAL NA REALIZAÇÃO DA 10° CAVALHADA DO DISTRITO DE IGARAÍ.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2525/2525_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2525/2525_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR CLAUDIO BARROSO.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2440/2440_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2440/2440_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ALTINA RIBEIRO GOMES.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A BULL MIX AGROSHOP, PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2528/2528_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2528/2528_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A BARISON CASA &amp; CAMPO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2521/2521_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2521/2521_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AOS MORADORES DA RUA PEDRO COSTAL PECIN, PELOS SERVIÇOS DE TAPA BURACOS REALIZADOS NA REFERIDA RUA.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2506/2506_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2506/2506_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O DEPARTAMENTO MUNICIPAL DE SAÚDE, PELO LANÇAMENTO DA CAMPANHA DENGUE TOLERÂNCIA ZERO.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO CHEFE DE INSTRUÇÃO DO TG 02-022, SUBTENENTE ALESSANDRO ARAGÃO PEREIRA, PELAS PALESTRAS PROFERIDAS NA ESCOLA DO LEGISLATIVO DR. TIAGO FERRAZ DE SIQUEIRA AOS ALUNOS DA REDE DE ENSINO DE MOCOCA.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2084/2084_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2084/2084_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AOS ORGANIZADORES E COLABORADORES DA 10° CAVALHADA DO DISTRITO DE IGARAÍ.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2371/2371_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2371/2371_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ÍTALO RAMALHO.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2242/2242_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2242/2242_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANTÔNIO PERIN.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2081/2081_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2081/2081_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO EXMO. SR. DEPUTADO FEDERAL, PAULO ROBERTO GOMES MANSUR (PRB/SP), PELAS AÇÕES EM DEFESA DA RENOVAÇÃO DE CONTRATOS DE AGENTES LOTÉRICOS DE NOSSO PAÍS.</t>
   </si>
   <si>
     <t>9679</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/9679/9679_texto_integral.jpeg</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/9679/9679_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DE APLAUSOS À MESA DIRETORA DA CÂMARA MUNICIPAL PELA TRANSPARÊNCIA E HONESTIDADE NA CONTRATAÇÃO DE BENS E SERVIÇOS UTILIZANDO A MODALIDADE LICITATÓRIA &amp;#8220;PREGÃO PRESENCIAL&amp;#8221;.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AO FREEMIND, PELA REALIZAÇÃO DO 3° CONGRESSO INTERNACIONAL DE 2015.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2401/2401_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2401/2401_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ANÉZIA RIBEIRO.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO AO DEPARTAMENTO MUNICIPAL DE SAÚDE, PELO SUCESSO NA VACINAÇÃO CONTRA A POLIOMELITE.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2219/2219_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2219/2219_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO SINDICATO DOS TRABALHADORES METALÚRGICOS DE MOCOCA E REGIÃO, PELA REALIZAÇÃO 5° ENCONTRO DOS APOSENTADOS METALÚRGICOS.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2388/2388_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2388/2388_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZANDO O SENHOR OSMAR DANIEL, PELA PASSAGEM DO SEU 93° ANIVERSÁRIO, COMEMORADO NO ÚLTIMO DIA 7 DE SETEMBRO.</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ALEXANDRE APARECIDO DA SILVA.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2367/2367_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2367/2367_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ELVIRA MIQUELIN DA SILVA.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2202/2202_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2202/2202_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE ARSENIO RODRIGUES DE SOUZA.</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ROBERTO BRIGAGÃO NASSER.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2204/2204_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2204/2204_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM AGRADECIMENTO A COMUNIDADE JOSÉ JUSTI, PELO ACOLHIMENTO DOS VEREADORES NA SESSÃO DA CÂMARA NO BAIRRO, REALIZADA NO DIA 17 DE SETEMBRO PASSADO.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2453/2453_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2453/2453_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO LAR DOS VELHINHOS DR. ADOLPHO BARRETO, PELA INSERÇÃO DO PROJETO DIA.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2096/2096_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2096/2096_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR GERALDO ASSUNÇÃO PAGANOTTI.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA OLINDA MARIA MARTINS.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3527/3527_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3527/3527_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE LUCIANO TEODORO.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE REPÚDIO A INSTITUIÇÃO DO CPMF (CONTRIBUIÇÃO PROVISÓRIA SOBRE MOVIMENTAÇÃO FINANCEIRA), BEM COMO A CRIAÇÃO E AMPLIAÇÃO DE CARGA TRIBUTÁRIA BRASILEIRA.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2454/2454_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2454/2454_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A LOJA ADOLEKA BRINQUEDOS, PELO SEU 2° ANIVERSÁRIO, A SER COMEMORADO NO PRÓXIMO DIA 5 DE OUTUBRO.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A DUPLA MOCOCA &amp; PARAÍSO, PELO SUCESSO NACIONAL E  PELA DISPOSIÇÃO DE PERCORRER O BRASIL LEVANDO O NOME DE NOSSA QUERIDA MOCOCA.</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A GALERIA DE ARTE ARRIGONI, PELA PASSAGEM DO SEU 30° ANIVERSÁRIO, COMEMORADO DURANTE O MÊS DE SETEMBRO.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>Luiz Braz Mariano, Agimar Alves 2013-2016, Bim Taliberti 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2342/2342_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2342/2342_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE REPUDIO AO GOVERNO FEDERAL E DE APELO AO CONGRESSO NACIONAL EM FACE DAS MEDIDAS QUE CONTEMPLA O CORTE DE RECURSOS NO PACOTE DE AJUSTE FISCAL DO SISTEMA, (SESC, SENAC, SENAR, SESCOOP, SENAI, SESI, SEST, SENAT E SEBRAE).</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AOS MUNICÍPIOS VIZINHOS, SÃO SEBASTIÃO DA GRAMA E VARGEM GRANDE DO SUL, PELA MANUTENÇÃO DAS SUAS FESTIVIDADES, APESAR DAS DIFICULDADES ECONÔMICAS ENFRENTADAS.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2331/2331_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2331/2331_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A ASSOCIAÇÃO DOS PASTORES EVANGÉLICOS DE MOCOCA - APEM, PELA PROMOÇÃO DA MARCHA PARA JESUS.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2505/2505_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2505/2505_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO CONSELHO REGIONAL DE ODONTOLOGIA DE SÃO PAULO - CROSP ASSOCIAÇÃO PAULISTAS DE CIRURGIÕES DENTISTAS DE SÃO PAULO E REGIONAL DE MOCOCA - CORE, PELA REUNIÃO DA ODONTOLOGIA PAULISTA REALIZADA NESTA CIDADE DE MOCOCA/SP.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2284/2284_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2284/2284_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AOS NOVOS CONSELHEIROS DO CONSELHO MUNICIPAL DA CRIANÇA E DOS ADOLESCENTES, ELEITOS NO ÚLTIMO DIA 04 DE OUTUBRO.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1976/1976_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1976/1976_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE CARLOS ANDRÉ DE LIMA.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2074/2074_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2074/2074_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE BRUNO ALBERTO TREPADOR.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2480/2480_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2480/2480_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A REVENDEDORA TERRA FORTE, PELA INAUGURAÇÃO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2172/2172_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2172/2172_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANTÔNIO CARLOS LOIOLA.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2519/2519_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2519/2519_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A PARÓQUIA SANTA LUZIA E AO DEPARTAMENTO MUNICIPAL DE CULTURA E TURISMO, PELO ENCONTRO DE FOLIA DE REIS, REALIZADO NO DIA 27 DE SETEMBRO PASSADO.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2399/2399_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2399/2399_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO CANTOR/COMPOSITOR E MÚSICO CARLÃO, PELO SHOW ACÚSTICO REALIZADO NA PARÓQUIA DE SANTA LUZIA, DIA 27 DE SETEMBRO.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2326/2326_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2326/2326_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR MAURO JOSÉ LUZ BRAGA.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2122/2122_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2122/2122_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ MAURICIO KOCH.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2153/2153_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2153/2153_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO A CHEFE DO PODER EXECUTIVO MUNICIPAL, SRA. MARIA EDNA GOMES MAZIERO, PELA CONQUISTA DOS RESULTADOS EFETIVOS AVALIADOS PELO ÍNDICE DE EFETIVIDADE DA GESTÃO MUNICIPAL, CONCEBIDO PELO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2042/2042_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2042/2042_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO FISIOTERAPEUTA, YRVING DE SIQUEIRA GOULART, PELO TRABALHO DESEMPENHADO NA CLÍNICA FISIOTERÁPICA ITINERANTE - A MOCOFISIO.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2290/2290_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2290/2290_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AOS COLABORADORES DA I SEMANA DO IDOSO DA ESCOLA DO LEGISLATIVO DR. TIAGO FERRAZ DE SIQUEIRA.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2192/2192_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2192/2192_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AOS COLABORADORES DO OUTUBRO ROSA DA ESCOLA DO LEGISLATIVO DR. TIAGO FERRAZ DE SIQUEIRA.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2091/2091_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2091/2091_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA EMÍLIA GONÇALVES.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2137/2137_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2137/2137_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A ASSOCIAÇÃO ESPORTIVA MOCOQUENSE PELA REALIZAÇÃO DA 47° EDIÇÃO DO TRFÉU CHICO PISCINA DE NATAÇÃO.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1962/1962_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1962/1962_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES PELA PASSAGEM DO DIA DOS MÉDICOS, COMEMORADO EM 18 DE OUTUBRO PASSADO.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1934/1934_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1934/1934_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO GAROTINHO YAGHO SALOMÃO SILVA DE CARVALHO.</t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Sérgio Corinthiano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOÃO ADELPHI PRINI "PROFESSOR ADEPLHI". </t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MIRTES APARECIDA FÁVERO TAQUES.</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONGRATULO-ME COM A INAUGURAÇÃO DA AGÊNCIA SICREDI UNIÃO PR/SP,EM NOSSO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2487/2487_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2487/2487_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À PASTORAL DA PARÓQUIA SÃO SEBASTIÃO PELO 43° ANIVERSÁRIO, COMEMORADO ONTEM, DIA 18 DE OUTUBRO.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA JOSÉ DE JESUS.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARTHA SILVA RICCIOPO.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3082/3082_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3082/3082_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO SR. CARLOS SAMPAIO MOREIRA PIEGAS, PELA PROMOÇÃO DA 7º EXPOSIÇÃO MORFOLÓGICA DA RAÇA CRIOULO.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO SR. ARCHIBALD REHDER NETTO, PELA PROMOÇÃO DA COPA MARGA LARGA DE MARCHA ETAPA OFICIAL DE MOCOCA.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2156/2156_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2156/2156_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. SALEM NAUFEL.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES PELA PASSAGEM DO DIA DOS SERVIDORES PÚBLICOS, COMEMORADO EM 28 DE OUTUBRO PASSADO.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA ANGELA BENETTI COELHO.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA MARIA FONSECA MADUREIRA.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES A PSICOLOGA LUCIA PERETO TALIBERTI  PELA PALESTRA PROFERIDA AOS ALUNOS DA FUNVIC SOBRE ENEM.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES A LOJA MAÇONICA  SOLIDARIEDADE E JUSTIÇA DE MOCOCA PELA REALIZAÇÃO DA 9ª FESTA DO CARNEIRO.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA MARIA ANGELA OCA.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO AO INTERACT CLUBE ROTARY DE MOCOCA PELO PROJETO DE DOAÇÃO DE LIVROS E BRINQUEDOS AS ESCOLAS DA REDE MUNICIPAL.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO A ESCOLA DO LEGISLATIVO DR. TIAGO FERRAZ DE SIQUEIRA PELA CONQUISTA DO PREMIO  DA (ABEL).</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A LAMBISCOS PELO SEU 25º ANIVERSÁRIO COMEMORADO NO DIA 06 DE OUTUBRO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANSELMO PEDROSO DE TOLEDO.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO REVMO MONSENHOR JONAS ABIB PELA CELEBRAÇÃO E COMEMORAÇÃO DE SEU JUBILEU DE OURO SACERDOTAL.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A CLINICA DE ESTETICA NICOLE ROQUE PELA INAUGURAÇÃO DE SUAS NOVAS INSTALAÇÕES.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. SILVIO DE SOUZA.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO SR. JOÃO BATISTA ALVES PRESIDENTE AO SINDICATO DOS CONDUTORES DE VEICULOS RODOVIÁRIOS DE MOCOCA E REGIÃO PELO RELEVANTES SERVIÇOS PRESTADOS AO SINDICALISMO REGIONAL.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO EX PREFEITO APARECIDO ESPANHA PELA CONQUISTA DA VERBA DE R$ 250.000,00 PELA MANUTENÇÃO ASFALTICA DA RUA PEDRO COSTAL PECIN E DEMAIS RUAS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE REPUDIO A CPFL EM FACE AO AUMENTO DA TARIFA DE ENERGIA PREVISTO PARA FVEVEREIRO/16 EM 11,61%.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTONIO LUCIANO.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA HILDA LOURDES FERREIRA ESTEVAN.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Bim Taliberti 2013-2016, Eduardo Barison 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES A NOVA DIRETORIA ELEITA DA 88ª SUBSEÇÃO DA OAB DE MOCOCA.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO OBSERVATORIO SOCIAL DE MOCOCA PELOS RELEVANTES TRABALHOS PRESTADOS A NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>DE APLAUSOS AS CONQUISTAS DO HANDEBOL DE MOCOCA.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AOS VENCEDORES DO CONCURSO CULTURAL DA 1º SEMANA DA CONSCIENCIA NEGRA DA ESCOLA DO LEGISLATIVO DE MOCOCA.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO A 1º SEMANA DA CONSCIENCIA NEGRA DA ESCOLA DO LEGISLATIVO .</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>AUTORIA: AGIMAR ALVES_x000D_
 ASSUNTO: DE APLAUSOS AO SINDICATO RURAL DE MOCOCA, NA PESSOA DE SEU PRESIDENTE, SR. CARLOS WAGNER DE PÁDUA BECKER, PELA PROMOÇÃO DO CURSO TURISMO RURAL NO DISTRITO DE IGARAÍ E PELOS RELEVANTES SERVIÇOS QUE O SINDICATO VEM PRESTANDO EM NOSSO MUNICÍPIO E REGIÃO.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>AUTORIA: AGIMAR ALVES_x000D_
  ARQUIVO 1_x000D_
 ASSUNTO: DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA CÂNDIDA MARIA CHAGAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>AUTORIA: ALOYSIO TALIBERTI FILHO BIM TALIBERTI_x000D_
 ASSUNTO: DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR IVO DE ALMEIDA CÉSAR.</t>
@@ -4802,774 +4802,774 @@
   <si>
     <t>DE CONGRATULAÇÕES AO MATHEUS SÁVIO STUDIO, PELA REINAUGURAÇÃO DE SUAS NOVAS INSTALAÇÕES.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTÔNIO JOSÉ COELHO.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ADHEMAR FERNANDO TIBÉRIO.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>DE APLAUSOS AO DR. JAIR ROTTA, EDITOR PROPRIETÁRIO DA REVISTA PARDO VIVO, PELO LANÇAMENTO DO CD CIDADE ENCANTO.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.jpeg</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.jpeg</t>
   </si>
   <si>
     <t>N. 383/2015 - DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA NEUSA FILIPE.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO COLETIVO MOCOCA LEGAL, PELO CICLO DE PALESTRAS E DEBATES REALIZADOS MENSALMENTE NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
     <t xml:space="preserve">OFICIO UR-6 Nº.060/2015, TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, TC-1931/026/12, RELATIVO ÀS CONTAS ANUAIS DA PREFEITURA MUNICIPAL DE MOCOCA, EXERCÍCIO DE 2012. </t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE ORÇAMENTO, FINANÇAS E CONTABILIDADE, PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE OUTUBRO DE 2015.</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE ORÇAMENTO, FINANÇAS E CONTABILIDADE PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE SETEMBRO  DE 2015.</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE ORÇAMENTO, FINANÇAS E CONTABILIDADE PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE AGOSTO DE 2015.</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Fatinha, Guilherme, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONCESSÃO DE DIPLOMAS DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER. </t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
     <t>Agimar Alves 2013-2016, Bim Taliberti 2013-2016, Brasilino Antônio de Moraes, Eduardo Barison 2013-2016, Elias de Sisto 2013-2016, Iê Baisi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO DR. JOSÉ RENATO NALINI.</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO SR ROBERTO MIACHIN FILHO.</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO EMÉRITO AO SR RIAD XAVIER JAUHAR</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>José Antonio Sousa 2013-2016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃ BENEMERITA A SRA ADRIANA SILVA VALENÇA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>22179</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/22179/pl_039-2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/22179/pl_039-2015.pdf</t>
   </si>
   <si>
     <t>Denomina de Antônio Zulli, a Rua três, do Loteamento Jardim " Alcebíades Quilice.</t>
   </si>
   <si>
     <t>17396</t>
   </si>
   <si>
     <t>Prefeita Maria Edna Gomes Maziero</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17396/plo_040-2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17396/plo_040-2015.pdf</t>
   </si>
   <si>
     <t>Cria o Museu Histórico de Mococa e dá outras providências.</t>
   </si>
   <si>
     <t>17398</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17398/plo_049-2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17398/plo_049-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Sistema de Controle Interno da Prefeitura Municipal de Mococa.</t>
   </si>
   <si>
     <t>11700</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11700/projeto_lei_74-2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11700/projeto_lei_74-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ENTIDADES ASSISTENCIAIS DO MUNICÍPIO, OBJETIVANDO A DESCENTRALIZAÇÃO DAS AÇÕES E SERVIÇOS DE ASSISTÊNCIA SOCIAL, BEM COMO AOS REPASSES DE VALORES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11699</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11699/projeto_lei_75-2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11699/projeto_lei_75-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE ASSISTÊNCIA CLINICA ESTUDOS E PESQUISAS DO PORTADOR DE NECESSIDADES ESPECIAIS DE MOCOCA - AACEPONE.</t>
   </si>
   <si>
     <t>11710</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11710/projeto_lei_76_2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11710/projeto_lei_76_2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE MOCOCA A CELEBRAR CONVENIO COM A ASSOCIAÇÃO DE ASSISTÊNCIA CLINICA, ESTUDOS E PESQUISAS DO PORTADOR DE NECESSIDADES ESPECIAIS DE MOCOCA, OBJETIVANDO O REPASSE DE VALORES PROVENIENTES DO FUNDEB PARA PRESTAÇÃO DE SERVIÇOS DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>11709</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11709/projeto_lei_77_2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11709/projeto_lei_77_2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A CELEBRAR CONVENIO COM O INSTITUTO EDUCACIONAL PROFISSIONALIZANTE DE MOCOCA.</t>
   </si>
   <si>
     <t>11708</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11708/projeto_lei_78_20158.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11708/projeto_lei_78_20158.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Mococa a celebrar convenio com a Associação de Pais e Amigos dos Excepcionais de Mococa - APAE.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1965/1965_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1965/1965_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA A CONCESSÃO DA OUTORGA DE TÍTULOS E HONRARIA. </t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
     <t>Fatinha, Luiz Braz Mariano, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA § 1°, § 2° E § 3°, AO ARTIGO 2° DA RESOLUÇÃO 07 DE 09 DE MAIO DE 1995. </t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 09.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1970/1970_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1970/1970_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O S 2° DO ARTIGO  159 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MOCOCA, FIXANDO PRAZO PARA APRESENTAÇÃO DE PROPOSITURAS.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2577/2577_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2577/2577_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA A RECEITA E ESTIMA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2016, NO ÂMBITO DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3546/3546_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3546/3546_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO 09.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Eduardo Barison 2013-2016, Elias de Sisto 2013-2016, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, Iê Baisi, Sérgio Corinthiano</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO PARÁGRAFO ÚNICO, DO ARTIGO 6º., DA LEI ORGÂNICA MUNICIPAL, QUE TRATA ACERCA DO NÚMERO DE VEREADORES PARA O MUNICÍPIO DE MOCOCA. REJEITADO</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOVA REDAÇÃO DO ARTIGO 7.º DA LEI ORGÂNICA DO MUNICÍPIO DE MOCOCA. (VOTO ABERTO NAS DELIBERAÇÃO DA CÂMARA)</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>RERQ</t>
   </si>
   <si>
     <t>Resposta Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/971/971_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 945/15 DOS VEREADORES EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 963/15 DO VEREADOR EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 972/15 DO VEREADOR ODAIR ANTONIO DA SILVA.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/997/997_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 975/15 DO VEREADOR EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 978/15 DO VEREADOR FRANCISCO CARLOS CANDIDO.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 999/15 ASSINADO POR VARIOS VEREADORES.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/973/973_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1003/15 DO VEREADOR BRASILINO ANTONIO DE MORAES.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1004/15 DO VEREADOR BRASILINO ANTONIO DE MORAES.</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/972/972_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA DO REQUERIMENTO Nº 1006/2015 DO VEREADOR EDUARDO RIBEIRO BARISON.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1009/15 DO VEREADOR ELIAS DE SISTO.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1011/15 DO VEREADOR FRANCISCO SALES GABRIEL FERNANDES.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO  Nº 1015/15 DO VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/998/998_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1017/15 DA VEREADORA MARIA DE FATIMA DA SILVA.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPSOTA AO REQUERIMENTO Nº 1021/15 DO VEREADOR EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1023/15 DO VEREADOR EDUARDO RIBEIRO BARISON.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1027/15 DO VEREADOR FRANCISCO SALES GABRIEL FERNANDES.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1031/15 DO VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1033/15 DO VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1034/15  DO VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1035/15 DO VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1036/15 DO  VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1037/15 DO VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1038/15 DA VEREADORA MARIA DE FATIMA DA SILVA.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1041/15 DO VEREADOR EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1045/15 DO VEREADOR AGIMAR ALVES.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA DE REQUERIMENTO Nº 1047/15 DO VEREADOR ALOYSIO TALIBERTI FILHO.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1048/15 DO VEREADOR BRASILINO ANTONIO DE MORAES.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/999/999_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1050/15 DO VEREDOR ALOYSIO TALIBERTI FILHO E OTS.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1052/15 DA VEREADORA MARIA DE FATIMA DA SILVA.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1053/15 DO VEREADOR EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1054/15 DO VEREADOR AGIMAR ALVES.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPSOTA AO REQUERIMENTO Nº 1056/15 DO VEREADOR BRASILINO ANTONIO DE MORAES.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/993/993_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1057/15 DO VEREADOR BRASILINO ANTONIO DE MORAES.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1058/2015 DO VEREADOR BRASILINO ANTONIO DE MORAES.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO REQUERIMENTO Nº 1060/15 DO VEREADOR GUILHERME DE SOUZA GOMES.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1061/15 DA VEREADORA MARIA DE FATIMA DA SILVA.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/996/996_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1063/15 DO VEREADOR EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1066/15 DO VEREADOR EDUARDO ANTONIO BAISI E OTS.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1067/15 DO VEREADOR FRANCISCO SALES GABRIEL FERNANDES.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº 1071/15 DO VEREADOR LUIZ BRAZ MARIANO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5876,68 +5876,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4953/4953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5349/5349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2119/2119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2573/2573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2336/2336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2417/2417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2316/2316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2095/2095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2340/2340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2490/2490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2179/2179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2477/2477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2120/2120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3641/3641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2455/2455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2015/2015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2206/2206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1937/1937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2136/2136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2236/2236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2406/2406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2576/2576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2337/2337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2464/2464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2180/2180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2408/2408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2556/2556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2060/2060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5333/5333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2100/2100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2530/2530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2451/2451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2190/2190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2472/2472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2468/2468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2115/2115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1941/1941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2418/2418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2395/2395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2143/2143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2194/2194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3084/3084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2515/2515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2167/2167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2323/2323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1946/1946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2429/2429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2174/2174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2098/2098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1933/1933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2548/2548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2214/2214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2449/2449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2807/2807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2010/2010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2448/2448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2198/2198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1920/1920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2353/2353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2512/2512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2011/2011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2244/2244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2557/2557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2440/2440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2528/2528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2521/2521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2506/2506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/9679/9679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2401/2401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2219/2219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2453/2453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2096/2096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3527/3527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2454/2454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2342/2342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2331/2331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2505/2505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2284/2284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1976/1976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2480/2480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2172/2172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2519/2519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2399/2399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2122/2122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2192/2192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1962/1962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1934/1934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3082/3082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/22179/pl_039-2015.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17396/plo_040-2015.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17398/plo_049-2015.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11700/projeto_lei_74-2015.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11699/projeto_lei_75-2015.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11710/projeto_lei_76_2015.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11709/projeto_lei_77_2015.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11708/projeto_lei_78_20158.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1970/1970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2577/2577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3546/3546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4953/4953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5349/5349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3862/3862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2119/2119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2573/2573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2336/2336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3752/3752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2417/2417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2316/2316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2095/2095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2340/2340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2490/2490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2179/2179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2477/2477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2120/2120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3641/3641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2455/2455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2015/2015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2206/2206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1937/1937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2136/2136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2236/2236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2406/2406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2576/2576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2337/2337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2464/2464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2180/2180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2408/2408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2556/2556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2060/2060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5333/5333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2100/2100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2530/2530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2451/2451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2190/2190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2472/2472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3728/3728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2468/2468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3857/3857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2115/2115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1941/1941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2418/2418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2395/2395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2143/2143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2194/2194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3084/3084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2515/2515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2167/2167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2323/2323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1946/1946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2429/2429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2174/2174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2098/2098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1933/1933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2548/2548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2214/2214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2449/2449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2807/2807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2010/2010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2448/2448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2198/2198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1920/1920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2353/2353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2512/2512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3758/3758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2011/2011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2244/2244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2557/2557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2440/2440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2528/2528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2521/2521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2506/2506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3735/3735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/9679/9679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2401/2401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2219/2219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2453/2453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2096/2096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3755/3755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3527/3527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2454/2454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2342/2342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2331/2331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2505/2505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2284/2284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1976/1976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2480/2480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2172/2172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2519/2519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2399/2399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2122/2122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2192/2192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1962/1962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1934/1934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3850/3850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3853/3853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3082/3082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/22179/pl_039-2015.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17396/plo_040-2015.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/17398/plo_049-2015.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11700/projeto_lei_74-2015.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11699/projeto_lei_75-2015.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11710/projeto_lei_76_2015.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11709/projeto_lei_77_2015.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2015/11708/projeto_lei_78_20158.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1970/1970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2577/2577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/3546/3546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H448"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>