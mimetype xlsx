--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -54,228 +54,228 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Roberto Pereira, Caju , Marcelo Fuschilo - Suplente, Paulo Sérgio Miquelin</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6383/6383_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6383/6383_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO N. 062/2017, DOS VEREADORES EDIMILSON MANOEL, JOSÉ ROBERTO PEREIRA, MARCELO FUSCHILO E PAULO MIQUELIN, REQUEREMOS INFORMAÇÕES A EXMA. SRA. PREFEITA INTERINA DO MUNICÍPIO DE MOCOCA, ELISANGELA MAZINI MAZIERO BREGANOLI, VISANDO DETERMINAR A INSTALAÇÃO DA PLACA DE &amp;#8220;EMBARQUE E DESEMBARQUE DE PACIENTES&amp;#8221;, BEM COMO A PINTURA DA FAIXA AMARELA DEFRONTE O CAPS II. </t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6434/6434_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6434/6434_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N. 094/2017, DOS VEREADORES EDIMILSON MANOEL, JOSÉ ROBERTO PEREIRA, MARCELO FUSCHILO E PAULO SÉRGIO MIQUELIN, SOLICITAMOS INFORMAÇÕES A SRA. PREFEITA MUNICIPAL INTERINA, SOBRE A REALIZAÇÃO DE LICITAÇÃO PARA REIMPLANTAR O ESTACIONAMENTO ROTATIVO DENOMINADO ÁREA AZUL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>9651</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9651/9651_texto_integral.jpeg</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9651/9651_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUERIMENTO VERBAL N. 414/2017, DO VEREADOR FRANCISCO CARLOS CÂNDIDO, SOLICITA AO EXMO. SR. PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA, CÓPIA DA SEGUINTE DOCUMENTAÇÃO: DECRETO Nº. 4977/2015; CONTRATO Nº. 170/2015, INCLUINDO PROCESSO DE LICITAÇÃO OU DE DISPENSA; E RELATÓRIO DE RESULTADOS, REFERENTE AO PROJETO &amp;#8220;IPTU PREMIADO&amp;#8221;, A SABER:</t>
   </si>
   <si>
     <t>9849</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>Daniel Girotto</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9849/9849_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9849/9849_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES AO EXMO. SR. PREFEITO MUNICIPAL, ACERCA DO PROCESSO LICITATÓRIO PARA A CONSTRUÇÃO DAS CRECHES DOS BAIRROS NELSON NIERO E JARDIM SÃO DOMINGOS.</t>
   </si>
   <si>
     <t>9925</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9925/9925_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9925/9925_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. PREFEITO MUNICIPAL, VISANDO REMETER CÓPIA DO PROCESSO LICITATÓRIO Nº. 117/2017, INCLUINDO OS PARECERES JURÍDICOS PARA A ABERTURA DO CERTAME E POSTERIOR RETIFICAÇÃO, ORÇAMENTOS E OFÍCIO DE SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>9982</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9982/9982_texto_integral.jpeg</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9982/9982_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO EXMO. SR. PREFEITO MUNICIPAL, CÓPIA DO CONTRATO FIRMADO COM A EMPRESA VENCEDORA DO PROCESSO LICITATÓRIO Nº 18/2017, PARA REGISTRO DE PREÇOS, OBJETIVANDO A AQUISIÇÃO DE LANCHES E REFEIÇÕES PRONTAS TIPO MARMITEX, PARA FORNECIMENTO DA GUARDA CIVIL MUNICIPAL, CORPO DE BOMBEIROS E O TIRO DE GUERRA. </t>
   </si>
   <si>
     <t>10066</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10066/10066_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10066/10066_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. PREFEITO MUNICIPAL, RELATÓRIO DETALHANDO MÁQUINAS, VEÍCULOS E CAMINHÕES LOCADOS PROVENIENTES DO PROCESSO LICITATÓRIO N.09/2017, REFERENTE AOS MESES DE JULHO, AGOSTO E SETEMBRO, COM AS SEGUINTES ESPECIFICAÇÕES:</t>
   </si>
   <si>
     <t>10087</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>Eduardo Barison 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10087/10087_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10087/10087_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO VERBAL N. 641/2017, DO VEREADOR EDUARDO BARISON, SOLICITA AO SR. PREFEITO MUNICIPAL, INFORMAÇÕES ACERCA DA REVOGAÇÃO DO PROCESSO LICITATÓRIO PARA A AQUISIÇÃO DE MATERIAIS DE LIMPEZA E HIGIENE, DESTINADOS AS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>10107</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10107/10107_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10107/10107_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES AO EXMO. SR. PREFEITO MUNICIPAL COM RELAÇÃO AO PROCESSO DE ELABORAÇÃO DA NOVA LICITAÇÃO PARA O TRANSPORTE COLETIVO EM MOCOCA, CONFORME DETERMINA O PROCESSO DO TRIBUNAL DE CONTAS Nº 001417/010/06.</t>
   </si>
   <si>
     <t>10159</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10159/10159_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10159/10159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXMO. SENHOR PREFEITO MUNICIPAL, ACERCA DO PROCESSO LICITATÓRIO PARA A REFORMA DO MERCADO MUNICIPAL. </t>
   </si>
   <si>
     <t>10306</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10306/10306_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10306/10306_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES E ESCLARECIMENTOS AO EXMO. SR. PREFEITO MUNICIPAL, ACERCA DAS INFORMAÇÕES DIVULGADAS PELO CONSELHO DE ADMINISTRAÇÃO DA SANTA CASA, NO QUE TANGE A LICITAÇÃO VISANDO A CONTRATAÇÃO DE OS PARA A GESTÃO DA SAÚDE, EM ESPECIAL O FATO DE ALTERAÇÃO DO EDITAL ÀS VÉSPERAS DO CERTAME:</t>
   </si>
   <si>
     <t>10353</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10353/10353_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10353/10353_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. PREFEITO MUNICIPAL, INFORMAÇÕES ACERCA DE LICITAÇÕES REALIZADAS EM ADMINISTRAÇÕES PASSADAS REFERENTES AO TRANSPORTE COLETIVO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10362</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10362/10362_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10362/10362_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXMO. SR. PREFEITO MUNICIPAL CÓPIA DE TODO O PROCESSO LICITATÓRIO E DOCUMENTOS POSTERIORES AO CERTAME (ADJUDICAÇÃO, HOMOLOGAÇÃO E CONTRATO) REFERENTE AO PROCESSO N°. 162/2017 &amp;#8211; PREGÃO PRESENCIAL Nº. 033/2017.</t>
   </si>
   <si>
     <t>10363</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10363/10363_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10363/10363_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXMO. SR. PREFEITO MUNICIPAL CÓPIA DE TODO O PROCESSO LICITATÓRIO E DOCUMENTOS POSTERIORES AO CERTAME REFERENTE AO CONTRATO N°. 041/2017, FIRMADO ENTRE A PREFEITURA MUNICIPAL DE MOCOCA E A EMPRESA ANDERSON ALFREDO GARRIDO VEÍCULOS &amp;#8211; ME, OBJETIVANDO A AQUISIÇÃO DE UM VEÍCULO 0 KM PARA A UTILIZAÇÃO DO GABINETE DO PREFEITO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -582,68 +582,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6383/6383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6434/6434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9651/9651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9849/9849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9925/9925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9982/9982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10066/10066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10087/10087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10107/10107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10159/10159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10306/10306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10353/10353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10362/10362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10363/10363_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6383/6383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/6434/6434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9651/9651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9849/9849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9925/9925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/9982/9982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10066/10066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10087/10087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10107/10107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10159/10159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10306/10306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10353/10353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10362/10362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2017/10363/10363_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="144.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>