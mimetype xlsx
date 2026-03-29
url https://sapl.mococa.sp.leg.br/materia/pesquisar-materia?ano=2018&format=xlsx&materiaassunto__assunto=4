--- v0 (2025-12-06)
+++ v1 (2026-03-29)
@@ -54,168 +54,168 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10490</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL A NECESSIDADE DE MANUTENÇÃO PREDIAL EM DEPENDÊNCIAS DA ESCOLA MUNICIPAL "PROFA. VERA SANDOVAL MEIRELLES". (FOTOS EM ANEXO)</t>
   </si>
   <si>
     <t>10495</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DESTA EGRÉGIA CASA DE LEIS A POSSIBILIDADE DE CONVIDAR TODAS AS ESCOLAS DO MUNICÍPIO PARA REALIZAREM VISITAÇÃO INSTITUCIONAL NAS DEPENDÊNCIAS DESTE PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10830</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t xml:space="preserve">Caju </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A REALIZAÇÃO DE UM ENCONTRO ENTRE OS DEPARTAMENTOS DE SAÚDE E EDUCAÇÃO PARA TRATAR DO ASSUNTO: "DEFASAGEM ESCOLAR E TRANSTORNOS DE APRENDIZADO".</t>
   </si>
   <si>
     <t>10836</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DO DEPARTAMENTO DE PROMOÇÃO SOCIAL, CREAS, CRAS, REALIZE ATIVIDADES EM COMEMORAÇÃO AO 18 DE MAIO, DIA NACIONAL DE COMBATE À EXPLORAÇÃO SEXUAL INFANTOJUVENIL.</t>
   </si>
   <si>
     <t>10876</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE ACATAR O ANTEPROJETO QUE DISPÕE SOBRE A OBRIGATORIEDADE DE CURSO DE PRIMEIROS SOCORROS NAS ESCOLAS PÚBLICAS MUNICIPAL DE ENSINO BÁSICO, E ELABORAR PROJETO DE LEI SIMILAR PARA A CIDADE DE MOCOCA. (CÓPIA EM ANEXO).</t>
   </si>
   <si>
     <t>11138</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11138/11138_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11138/11138_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO QUE SEJA REGULAMENTADA A AUTORIZAÇÃO PARA ADMINISTRAÇÃO DE REMÉDIOS NAS UNIDADES EDUCACIONAIS DA REDE MUNICIPAL DE ENSINO. (MODELO ANEXO).</t>
   </si>
   <si>
     <t>10478</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t xml:space="preserve">Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. PREFEITO MUNICIPAL QUE, POR MEIO DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO, INFORME A ESTA CASA DE LEIS, ACERCA DO PROCESSO SELETIVO N°. 01/2015.</t>
   </si>
   <si>
     <t>10684</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXMO. SR. PREFEITO MUNICIPAL, POR MEIO DO DEPARTAMENTO COMPETENTE, ACERCA DAS BOLSAS DE ESTUDOS INDICADAS PELA PREFEITURA À FUNDAÇÃO UNIVERSITÁRIA VIDA CRISTÃ - FUNVIC.</t>
   </si>
   <si>
     <t>10860</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO EXMO. SR. PREFEITO EM EXERCÍCIO A RESPEITO DA AQUISIÇÃO DE KIT DE MATERIAL ESCOLAR PARA A REDE MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -522,68 +522,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11138/11138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11138/11138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="123.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>