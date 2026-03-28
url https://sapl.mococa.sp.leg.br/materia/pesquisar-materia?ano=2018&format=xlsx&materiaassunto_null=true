--- v0 (2026-01-30)
+++ v1 (2026-03-28)
@@ -54,2757 +54,2757 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10745</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t xml:space="preserve">Emenda </t>
   </si>
   <si>
     <t>Luiz Braz Mariano, Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Caju , Elias de Sisto 2017-2020, Francisco Tuca 2017-2020, Josimar Alves Vieira 2017-2020, Pelezinho da Circular, Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE RESOLUÇÃO Nº 011/2017 - ALTERA O ARTIGO 288 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>10746</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA AO PROJETO DE LEI COMPLEMENTAR Nº 002/2018 &amp;#8211; SUPRIMIR O INCISO VI DO ARTIGO 6º DO PROJETO DE LEI COMPLEMENTAR Nº 002/2018, QUE DISPÕE SOBRE A REGULARIZAÇÃO DE LOTEAMENTO FECHADO COM ACESSO CONTROLADO NO MUNICÍPIO DE MOCOCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10747</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO IV DO ART. 6º E O CAPUT DO ART. 16 DO PROJETO DE LEI Nº 009/2018.</t>
   </si>
   <si>
     <t>10847</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10847/10847_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10847/10847_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA Nº 01 - ADITIVA. INCLUI O INCISO IX NO ART. 12 DO PROJETO DE LEI Nº 011/2018. </t>
   </si>
   <si>
     <t>10848</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 02 - SUPRESSIVA. SUPRIME O §2º DO ART. 3º DO PROJETO DE LEI Nº 011/2018.</t>
   </si>
   <si>
     <t>10849</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 03 - ADITIVA. INCLUI O §4º NO ART. 4º DO PROJETO DE LEI Nº 011/2018.</t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 04 - MODIFICATIVA. MODIFICA O ART. 3º DO PROJETO DE LEI Nº 011/2018.</t>
   </si>
   <si>
     <t>10922</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUPRIMIR PARTE DO CAPUT DO ARTIGO 2° DO PROJETO DE LEI N° 016/2018 QUE DISPÕE SOBRE A AUTORIZAÇÃO PARA CELEBRAÇÃO DE TERMO DE COLABORAÇÃO COM A ENTIDADE ASSOCIAÇÃO SÃO FRANCISCO - CASA DE BARRETOS E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N° 01 - ADITIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- ADICIONAR TEXTO AO PARÁGRAFO 2° DO ARTIGO 2° DO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N° 02 - ADITIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017 - ALTERA TEXTO AO PARÁGRAFO 5° DO ARTIGO 16 AO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N° 03- ADITIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- ALTERA TEXTO DO ARTIGO 31 AO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>10941</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N°04- ADITIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- ALTERA TEXTO DO INCISO XX ARTIGO 32 AO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10942</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N/05- MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- CORRIGIR O TEXTO DO INCISO XIII DO ARTIGO 7° DO PROJETO DE LEI COMPLEMENTAR N° 047/2017. </t>
   </si>
   <si>
     <t>10943</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N°06- MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR N° 07/2017- CORRIGIR O TEXTO DO INCISO X DO ARTIGO 6° DO PROJETO DE LEI COMPLEMENTAR N° 07/2017. </t>
   </si>
   <si>
     <t>10944</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10944/10944_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10944/10944_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N° 07- MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR N° 07- MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR N° 07/2017- CORRIGIR O TEXTO INCISO XI DO ARTIGO 6° DO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10945</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10945/10945_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10945/10945_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N°08 MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017 - CORRIGIR O TEXTO DA ALÍNEA "D" DO INCISO XIII DO ARTIGO 6° DO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10946</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10946/10946_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10946/10946_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N°10 SUPRESSIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- SUPRIMIR A EXPRESSÃO "COM EXCEÇÃO DE ESTACIONAMENTOS " DO TEXTO DO INCISO I DO ARTIGO 12 DO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10947</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10947/10947_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10947/10947_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N°12 SUPRESSIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- SUPRIMIR O PARÁGRAFO 6° DO ARTIGO 16 DO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10948</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10948/10948_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10948/10948_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N°13 SUPRESSIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- SUPRIMIR O PARÁGRAFO 7° DO ARTIGO 16 DO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>10949</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10949/10949_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10949/10949_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA SUPRESSIVA N°11 SUPRESSIVA AO PROJETO DE LEI COMPLEMENTAR N°07/2017- SUPRIMIR A EXPRESSÃO "OU SUPERIOR" DO TEXTO DO CAPUT DO ARTIGO 13 DO PROJETO DE LEI COMPLEMENTAR N°07/2017. </t>
   </si>
   <si>
     <t>11127</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11127/11127_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11127/11127_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE RESOLUÇÃO Nº 001/2018 - ALTERA DISPOSITIVOS DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>13279</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13279/emenda_modificativa_02_ao_plc_03_2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13279/emenda_modificativa_02_ao_plc_03_2018.pdf</t>
   </si>
   <si>
     <t>(RETIRADA PELOS AUTORES - EM TRAMITAÇÃO) _x000D_
 REGIME DE TRAMITAÇÃO: ORDINÁRIO_x000D_
 DELIBERAÇÃO: MAIORIA ABSOLUTA_x000D_
 VOTAÇÃO NOMINAL_x000D_
 DISCUSSÃO ÚNICA</t>
   </si>
   <si>
     <t>13282</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13282/emenda_no01_modificativa_2018_total.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13282/emenda_no01_modificativa_2018_total.pdf</t>
   </si>
   <si>
     <t>(RETIRADA PELOS AUTORES - EM TRAMITAÇÃO)_x000D_
 REGIME DE TRAMITAÇÃO: ORDINÁRIO_x000D_
 DELIBERAÇÃO: MAIORIA ABSOLUTA_x000D_
 VOTAÇÃO NOMINAL_x000D_
 DISCUSSÃO ÚNICA</t>
   </si>
   <si>
     <t>13308</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>(RETIRADO PELO AUTOR) EMENDA N° 01 - SUBSTITUTIVA E ADITIVA AO PROJETO DE LEI N° 031/2018: ALTERAR OS INCISOS II e III DO ARTIGO 5° DO PROJETO DE LEI N° 031/2018</t>
   </si>
   <si>
     <t>10447</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR HÉLIO PISANI.</t>
   </si>
   <si>
     <t>10448</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AO CORPO DE FUNCIONÁRIOS DA UNIDADE DE PRONTO ATENDIMENTO - UPA MOCOCA PELA EXCELÊNCIA NO ATENDIMENTO E NA PRESTAÇÃO DE SERVIÇOS À POPULAÇÃO MOCOQUENSE.</t>
   </si>
   <si>
     <t>10450</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR APARECIDO CARVALHO DE SOUZA.</t>
   </si>
   <si>
     <t>10451</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR DAVI DE SOUZA, CONHECIDO CARINHOSAMENTO COMO "REPIADO".</t>
   </si>
   <si>
     <t>10453</t>
   </si>
   <si>
     <t xml:space="preserve">Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIANA ROTTA</t>
   </si>
   <si>
     <t>10454</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ LUIZ NIERO</t>
   </si>
   <si>
     <t>10455</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AOS ORGANIZADORES E COLABORADORES, PELA PROMOÇÃO DA CERIMÔNIA DE POSSE DA ASSOCIAÇÃO COMERCIAL E INDUSTRIAL DE MOCOCA - ACI, OCORRIDA NO ÚLTIMO DIA 15 DE JANEIRO</t>
   </si>
   <si>
     <t>10456</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR GABRIEL DA SILVA LÚCIO</t>
   </si>
   <si>
     <t>10457</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ANDREIA COLPANI, CONHECIDA CARINHOSAMENTE COMO "DEIA"</t>
   </si>
   <si>
     <t>10459</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANDRÉ GUILHERME RIBEIRO BALAN</t>
   </si>
   <si>
     <t>10501</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Caju , Francisco Tuca 2017-2020, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Pelezinho da Circular, Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO PODER EXECUTIVO MUNICIPAL, NAS PESSOAS DO EXMO. SR. PREFEITO, DR. WANDERLEY FERNANDES MARTINS JÚNIOR, DIRETORES E DEMAIS SERVIDORES DOS DEPARTAMENTOS ENVOLVIDOS NA REALIZAÇÃO DAS FESTIVIDADES CARNAVALESCAS NO MUNICÍPIO NO PRESENTE ANO.</t>
   </si>
   <si>
     <t>10502</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A TODA A DIRETORIA DO GRÊMIO RECREATIVO ESCOLA DE SAMBA PARAÍSO DO TUIUTI, QUE APRESENTOU NO DESFILE DAS ESCOLAS DO GRUPO ESPECIAL DO RIO DE JANEIRO O SAMBA ENREDO "MEU DEUS, MEU DEUS, ESTÁ EXTINTA A ESCREVIDÃO?".</t>
   </si>
   <si>
     <t>10503</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO À ORGANIZAÇÃO SEM FINS LUCRATIVOS "THE FRUIT TREE PLANTING FOUNDATION - FTPF", PELOS TRABALHOS DESENVOLVIDOS EM TODO O PLANETA E AUXÍLIO ÀS INSTITUIÇÕES LOCAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10504</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À IGREJA CATÓLICA APOSTÓLICA ROMANA E À CONFERÊNCIA NACIONAL DOS BISPOS DO BRASIL (CNBB) PELA CAMPANHA DE FRATERNIDADE 2018; TRAZENDO, NESTE ANO, O TEMA: "FRATERNIDADE E SUPERAÇÃO DA VIOLÊNCIA".</t>
   </si>
   <si>
     <t>10505</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AOS PATROCINADORES DO EVENTO DE CONFRATERNIZAÇÃO DAS COZINHEIRAS DA REDE MUNICIPAL DE ENSINO, PELAS SUAS COLABORAÇÕES E INCENTIVOS, CONTRIBUINDO PARA A REALIZAÇÃO DESTE ENCONTRO.</t>
   </si>
   <si>
     <t>10506</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AO EXCELENTÍSSIMO SR. DEPUTADO ESTADUAL LUIZ FERNANDO TEIXEIRA FERREIRA (PT/SP) PELA ATUAÇÃO PARLAMENTAR, REPRESENTANDO O POVO PAULISTA NA ASSEMBLEIA LEGISLATIVA DE SÃO PAULO.</t>
   </si>
   <si>
     <t>10507</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO À DIRETORIA DA UNIMED MOCOCA, ATRAVÉS DO PRESIDENTE DR. PAULO GERALDO SILVA CRUZ FILHO, PELOS RELEVANTES TRABALHOS PRESTADOS FRENTE À INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>10508</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE APLAUSOS E AGRADECIMENTOS À CLASSE A TRANSPORTES POR SUA HONROSA COLABORAÇÃO E APOIO NA PROMOÇÃO DA REUNIÃO ENTRE JOVENS MOCOQUENSES EM NOBRE PROJETO SOCIAL REALIZADO EM SÃO JOÃO DA BOA VISTA/SP. </t>
   </si>
   <si>
     <t>10509</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO AOS PATROCINADORES DO ENCONTRO DAS COZINHEIRAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>10531</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTÔNIO SOARES PERETO.</t>
   </si>
   <si>
     <t>10532</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. IRANI ASSIS DE CARVALHO E SOUZA.</t>
   </si>
   <si>
     <t>10533</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO SENHOR HÉLIO VILHENA MOREIRA, PELOS TRABALHOS DESENVOLVIDOS NA ABERTURA E MANUTENÇÃO DA RÁDIO CLUBE DE MOCOCA, 10,9 FM.</t>
   </si>
   <si>
     <t>10556</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOSÉ CARLOS DE ALMEIDA.</t>
   </si>
   <si>
     <t>10557</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO A ESQUDRILHA DA FUMAÇA DE PIRASSUNUNGA PELA RECEPÇÃO DAS COZINHEIRAS DA REDE E ENSINO MUNICIPAL.</t>
   </si>
   <si>
     <t>10558</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, José Roberto Pereira, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ISABEL SAMPAIO MOREIRA PIEGAS.</t>
   </si>
   <si>
     <t>10559</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO REVERENDÍSSIMO PASTOR BILLY GRAHAM, LÍDER EVANGÉLICO NORTE AMERICANO.</t>
   </si>
   <si>
     <t>10571</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Profº. Rincon, Caju , Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO À DEPUTADA ESTADUAL LECI BRANDÃO (PC DO B), PELA LIBERAÇÃO DE RECURSOS QUE SOMA R$ 200.000,00 PARA O  MUNICÍPIO DE MOCOCA, A SEREM DESTINADOS PARA A COMPRA DE MÁQUINAS E EQUIPAMENTOS MÉDICOS E HOSPITALARES.</t>
   </si>
   <si>
     <t>10572</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO À SENHORA SANDRA SAMPAIO MOREIRA PIEGAS, NUTRICIONISTA DA REDE MUNICIPAL DE EDUCAÇÃO, PELOS EXCELENTES SERVIÇOS PRESTADOS ÀS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>10622</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ZILDA BUENO DA SILVA.</t>
   </si>
   <si>
     <t>10623</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t xml:space="preserve">Elisângela Mazini Maziero Breganoli, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO ÀS MULHERES QUE ASSUMIRAM MANDATO DE VEREADORAS NA CÂMARA MUNICIPAL DE MOCOCA:</t>
   </si>
   <si>
     <t>10624</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS ÀS ENFERMEIRAS E EQUIPES QUE INTEGRAM O NASF - NÚCLEO DE APOIO À SAÚDE DA FAMÍLIA, PELA EXCELÊNCIA DOS SERVIÇOS PRESTADOS A TODA A COMUNIDADE MOCOQUENSE.</t>
   </si>
   <si>
     <t>10625</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ELAINE BELARMINO GREGHI.</t>
   </si>
   <si>
     <t>10657</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ABIGAIL ABELARDI QUILICI.</t>
   </si>
   <si>
     <t>10658</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA VEREADORA MARIELLE FRANCO E DO MOTORISTA ANDERSON PEDRO GOMES.</t>
   </si>
   <si>
     <t>10701</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Eduardo Barison 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES Á DIRETORIA ELEITA DA IRMANDADE SANTA CASA DE MISERICÓRDIA DE MOCOCA, LIDERADA PELO PROVEDOR DR. PEDRO PAULO BARRETO FURTADO.</t>
   </si>
   <si>
     <t>10702</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Josimar Alves Vieira 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE JAMES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>10703</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE CONGRATULAÇÕES À FILARMÔNICA MOCOQUENSE PELOS SEUS 126 ANOS DE ATIVIDADES._x000D_
 </t>
   </si>
   <si>
     <t>10704</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel Girotto, Eduardo Barison 2017-2020, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO ATLETA MOCOQUENSE TIDI THAI PELA CONQUISTA DO CINTURÃO NO CAMPEONATO MUNDIAL DE MUAY THAI, REALIZADO NA TAILÂNDIA.</t>
   </si>
   <si>
     <t>10705</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ FERRAZ DE SIQUEIRA FILHO.</t>
   </si>
   <si>
     <t>10724</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR MÁRIO LUÍS ALBUQUERQUE.</t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Daniel Girotto</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À INDÚSTRIA METALÚRGICA INCA LTDA. PELA PARTICIPAÇÃO NO PRÊMIO FIESP DE CONSERVAÇÃO E REUSO DE ÁGUA.</t>
   </si>
   <si>
     <t>10726</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À EMPRESA LEÃO DIESEL ELÉTRICO POR SEUS 24 ANOS DE ATIVIDADES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10727</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR FRANCISCO DE FREITAS ALMEIDA, MAIS CONHECIDO COMO "CHICO BILA".</t>
   </si>
   <si>
     <t>10728</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À DRA. ELIANA CRISTINA MAZUCATO FERREIRA PINTO PELOS TRABALHOS REALIZADOS DURANTE O PERÍODO EM QUE ESTEVE À FRENTE DO DEPARTAMENTO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>10729</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR GERSON CALDEIRA JÚNIOR, MAIS CONHECIDO COMO "JUNINHO DA BRASTEMP".</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANÍSIO CASTELLI.</t>
   </si>
   <si>
     <t>10738</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO DEPARTAMENTO DE SERVIÇOS MUNICIPAIS PELA EXCELÊNCIA NA EXECUÇÃO DE SUAS FUNÇÕES.</t>
   </si>
   <si>
     <t>10739</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA JÚLIA SANTINA DA SILVA.</t>
   </si>
   <si>
     <t>10740</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR CLÓVIS APARECIDO ALVES.</t>
   </si>
   <si>
     <t>10741</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA EDILENE DELDUCA.</t>
   </si>
   <si>
     <t>10742</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR OSMAR BATISTA.</t>
   </si>
   <si>
     <t>10770</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AOS SENHORES RENATO GONÇALVES E EDUARDO BAISI, ATRAVÉS DO DEPARTAMENTO DE SERVIÇOS PÚBLICOS, PLEOS RELEVANTES SERVIÇOS PRESTADOS.</t>
   </si>
   <si>
     <t>10771</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO CONSELHO ESCOLAR DA EMEB JOSÉ MANUEL LUCCHESI, LOCALIZADA NO DISTRITO DE SÃO BENEDITO DAS AREIAS, PELA REUNIÃO QUE VISOU A ORGANIZAR SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>10772</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À MESA DIRETORA DESTE EGRÉGIA CASA DE LEIS, PELA REALIZAÇÃO DA SESSÃO SOLENE EM COMEMORAÇÃO AO 162º ANIVERSÁRIO DE FUNDAÇÃO DO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>10773</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AO DEPARTAMENTO DE EDUCAÇÃO, PELA EXCELÊNCIA DOS SERVIÇOS PRESTADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10774</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À EQUIPE DE POLICIAIS CIVIS DE MOCOCA, PELO SUCESSO NA "OPERAÇÃO ENTRESSAFRA".</t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS AO INSTITUTO EDUCACIONAL PROFISSIONALIZANTE DE MOCOCA ARTESANATO, ATRAVÉS DOS MONITORES E INTEGRANTES DO PROJETO PRIMEIRAS NOTAS, PELA APRESENTAÇÃO NA SESSÃO SOLENE EM COMEMORAÇÃO AO 162º ANIVERSÁRIO DE FUNDAÇÃO DO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>10776</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Francisco Tuca 2017-2020, Josimar Alves Vieira 2017-2020, Pelezinho da Circular, Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO VEREADOR LUIZ BRAZ MARIANO, PELO DISCURSO EM DEFESA DOS VEREADORES EM AUDIÊNCIA PÚBLICA.</t>
   </si>
   <si>
     <t>10777</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Caju , Francisco Tuca 2017-2020, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Pelezinho da Circular, Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO PODER EXECUTIVO E DEMAIS ENVOLVIDOS NA REALIZAÇÃO DA EXPOAM 2018.</t>
   </si>
   <si>
     <t>10778</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR SÍLVIO LUIS CAMPOE.</t>
   </si>
   <si>
     <t>10779</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE RECONHECIMENTO AO CONSELHO DE ALIMENTAÇÃO ESCOLAR - CAE, PELOS RELEVANTES TRABALHOS PRESTADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10780</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA VIRMA RIGHTI REHDER.</t>
   </si>
   <si>
     <t>10781</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARCELA PREVITAL PARIZOTTO.</t>
   </si>
   <si>
     <t>10782</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO DR. JACYNTHO TALIBERTI NETO, RESPONSÁVEL PELA EXPOSIÇÃO DE ANIMAIS NA EXPOAM 2018.</t>
   </si>
   <si>
     <t>10801</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ANITA DE LOURDES MADUREIRA BELUTI.</t>
   </si>
   <si>
     <t>10802</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t xml:space="preserve">Caju </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO EXMO. SR. PROMOTOR DE JUSTIÇA DA INFÂNCIA E JUVENTUDE, DR. FREDERICO L. BUFINI, PELO EXCELENTE TRABALHO REALIZADO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10803</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À IGREJA UNIVERSAL DO REINO DE DEUS, PELO NOBRE EMPENHO EM LEVAR A COMUNIDADE AO CINE MOCOCA.</t>
   </si>
   <si>
     <t>10804</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO ATLETA MOCOQUENSE NININHO QUERANZA, PELA PARTICIPAÇÃO NA MARATONA DE BOSTON 2018.</t>
   </si>
   <si>
     <t>10805</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO ÀS COZINHEIRAS DA REDE MUNICIPAL DE EDUCAÇÃO, PELOS EXCELENTES SERVIÇOS PRESTADOS ÀS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>10806</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO ATLETA MOCOQUENSE PEDRO SPAJARI, PELOS EXCELENTES RESULTADOS OBTIDOS NO TROFÉU BRASIL DE NATAÇÃO.</t>
   </si>
   <si>
     <t>10807</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO SR. ADRIANO CANESIN PELO SEU NOBRE EMPENHO JUNTO À EMPRESA NEODENT AO PATROCINAR O ATLETA MOCOQUENSE NININHO PARA A MARATONA DE BOSTON.</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR LAUDELINO MISSENO.</t>
   </si>
   <si>
     <t>10809</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À EMPRESA NEODENT POR SUA HONROSA COLABORAÇÃO E INCENTIVO AO PATROCINAR O ATLETA MOCOQUENSE NININHO PARA A MARATONA DE BOSTON.</t>
   </si>
   <si>
     <t>10841</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR AGNALDO APARECIDO DIAS, MAIS CONHECIDO COMO "SARGENTO DIAS".</t>
   </si>
   <si>
     <t>10842</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA APARECIDA LOURENÇO PIZETTE.</t>
   </si>
   <si>
     <t>10843</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À ESCOLA ESTADUAL BARÃO DE MONTE SANTO, PELA PASSAGEM DE SEU 117° ANIVERSÁRIO DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>10844</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR SEBASTIÃO JORGE NORI.</t>
   </si>
   <si>
     <t>10845</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E APLAUSOS AO PROJETO SONHAR, PELO EMPENHO NA CAUSA QUE VIABILIZA O ACESSO À OTOPLASTIA, CIRURGIA DE CORREÇÃO DAS ORELHAS PROEMINENTES.</t>
   </si>
   <si>
     <t>10879</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES E RECONHECIMENTOS À USINA ITAIQUARA DE AÇÚCAR E ÁLCOOL S/A, PELA REALIZAÇÃO DO EVENTO EM COMEMORAÇÃO AO DIA DO TRABALHO.</t>
   </si>
   <si>
     <t>10880</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIFICANDO MOÇÃO DE APLAUSOS À EQUIPE DE POLICIAIS CIVIS DE MOCOCA, PELO SUCESSO NA "OPERAÇÃO ENTRESSAFRA", APROVADA EM SESSÃO ORDINÁRIA DO DIA 16 DE ABRIL ÚLTIMO.</t>
   </si>
   <si>
     <t>10881</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À ESCOLA FUNVIC PELA REALIZAÇÃO DO SARAU CULTURAL "CAFÉ MOCA AL-MUKHÃ: HISTÓRIAS AO REDOR DO CAFÉ".</t>
   </si>
   <si>
     <t>10882</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR LUIZ CARLOS PEDRAZZI.</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AO JOVEM LUÍS HENRIQUE COSSOLINO, PELA CONQUISTA DO 1º LUGAR NO "XVII CONCURSO POÉTICO DA BIBLIOTECA MÁRIO DE ANDRADE".</t>
   </si>
   <si>
     <t>10910</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ MACEDO PEREIRA.</t>
   </si>
   <si>
     <t>10911</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO EXCELENTÍSSIMO SENHOR CARLOS RENATO CARDOSO PIRES DE CAMARGO (PROS/SP), PELA POSSE COMO SECRETÁRIO DO ESPORTE, LAZER E JUVENTUDE DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>10912</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A TODOS ENFERMEIROS, TÉCNICOS E AUXILIARES DE ENFERMAGEM, EM ALUSÃO À CELEBRAÇÃO DO DIA MUNDIAL DE SUAS RESPECTIVAS PROFISSÕES.</t>
   </si>
   <si>
     <t>10913</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À IGREJA PENTECOSTAL ORÁCULO DE DEUS, PELO SEU ANIVERSÁRIO DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>10914</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO INSTITUTO CPFL PELO FINANCIAMENTO DOS ESTUDOS QUE FUNDAMENTARAM DIAGNÓSTICO PARA A FORMULAÇÃO DA POLÍTICA DE GARANTIA DE DIREITOS À POPULAÇÃO INFANTO-JUVENIL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10915</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A TODOS ASSISTENTES SOCIAIS PELA PASSAGEM DO DIA 15 DE MAIO, DATA EM QUE SE COMEMORA O DIA DESTES PROFISSIONAIS.</t>
   </si>
   <si>
     <t>10934</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA CLEIDE MENDES DE PAULA.</t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO CENTRO DE FORMAÇÃO "ESCOLA DA BOLA", PELA INAUGURAÇÃO DE ESPAÇO DE TREINAMENTO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10936</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A SUA SANTIDADE O PAPA FRANCISCO POR MENSAGEM ABORDANDO O TEMA "FAKE NEWS".</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10959/10959_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10959/10959_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AOS MÉDICOS QUE ENCABEÇARAM O MOVIMENTO DE LUTA PELOS SEUS DIREITOS NO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>10980</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10980/10980_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10980/10980_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR SEBASTIÃO MAGALHÃES.</t>
   </si>
   <si>
     <t>10981</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10981/10981_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10981/10981_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO ILUSTRE DESPORTISTA MOCOQUENSE GILMAR JUSTINO DIAS, MAIS CONHECIDO COMO "MOCOCA".</t>
   </si>
   <si>
     <t>10982</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10982/10982_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10982/10982_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS Á DIRETORIA DO SINDICATO RURAL PATRONAL DE MOCOCA, ATRAVÉS DO SEU MAIS NOVO PRESIDENTE E LEITO, O SENHOR AMÉRICO PEREIRA LIMA.</t>
   </si>
   <si>
     <t>10983</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10983/10983_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10983/10983_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO AO SENHOR WAGNER BECKER, PELA ATUAÇÃO ENQUANTO PRESIDENTE DO SINDICATO RURAL PATRONAL DE MOCOCA E PELOS RELEVANTES TRABALHOS PRESTADOS FRENTE Á INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10992/10992_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10992/10992_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ZÉLIA FERNANDES, SERVIDORA PÚBLICA.</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10993/10993_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10993/10993_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À PRIMEIRA IGREJA BATISTA DE MOCOCA, ATRAVÉS DE SEU PASTOR INTERINO, PR. APARECIDO DONIZETE FERNANDES, E DE SEUS FIÉIS, PELA PASSAGEM DOS 35 ANOS DE ORGANIZAÇÃO DA IGREJA NO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>10994</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10994/10994_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10994/10994_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MAFALDA MONTELEONE SAKHR.</t>
   </si>
   <si>
     <t>10995</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10995/10995_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10995/10995_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ADÉLIA SOARES COSSOLINO.</t>
   </si>
   <si>
     <t>10996</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10996/10996_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10996/10996_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ÂNGELO SCARPARO.</t>
   </si>
   <si>
     <t>11009</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11009/11009_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11009/11009_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO MUNICIPAL DE ARCEBURGO/MG, GILSON PEREIRA DE MELLO, E DEMAIS ENVOLVIDOS NA REALIZAÇÃO DAS FESTIVIDADES COMEMORATIVAS DOS 125 ANOS DA CIDADE.</t>
   </si>
   <si>
     <t>11043</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11043/11043_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11043/11043_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO DEPARTAMENTO DE SEGURANÇA PÚBLICA E À EMPRESA MRA ELÉTRICA, PELO EMPENHO E EXECUÇÃO DOS SERVIÇOS DE MANUTENÇÃO EM ILUMINAÇÃO PÚBLICA DA AV. JOÃO BATISTA DE LIMA FIGUEIREDO.</t>
   </si>
   <si>
     <t>11044</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11044/11044_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11044/11044_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÃO À GRANDE BENFEITORA, BENEMÉRITA E VENERANDA AUGUSTA E RESPEITÁVEL LOJA MAÇÔNICA "UNIÃO MOCOQUENSE", PELOS 126 ANOS DE SUA FUNDAÇÃO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>11045</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11045/11045_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11045/11045_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS A LUCIANA CARVALHO DE SISTO,ANNA JÚLIA DE SISTO, RICARDO RIBEIRO BARISON E DEMAIS PROFISSIONAIS QUE EXERCERAM SUAS ATIVIDADES EM PROL DA SAÚDE PÚBLICA DO MUNICÍPIO E FORAM DISPENSADOS, SEM MOTIVO JUSTIFICÁVEL, PELA OS INSAÚDE, RESPONSÁVEL PELA GESTÃO DA SAÚDE NO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>11046</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11046/11046_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11046/11046_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO DR. JUIZ SANSÃO FERREIRA BARRETO, PELOS SEUS 10 ANOS DE MAGISTRATURA.</t>
   </si>
   <si>
     <t>11047</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11047/11047_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11047/11047_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO DE SAÚDE PELA REALIZAÇÃO DO EVENTO "COMITÊ DE SAÚDE DA POPULAÇÃO NEGRA".</t>
   </si>
   <si>
     <t>11048</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11048/11048_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11048/11048_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO DIRETOR DE CINEMA MOCOQUENSE, LUÍS PINHEIRO, PELA ESTREIA DO FILME "MULHERES ALTERADAS".</t>
   </si>
   <si>
     <t>11049</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11049/11049_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11049/11049_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO PROFESSOR CARLOS ALBERTO PALADINI.</t>
   </si>
   <si>
     <t>11050</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11050/11050_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11050/11050_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À ATLETA MOCOQUENSE LISIANE CRISTINA DESTRO, PELOS EXCELENTES RESULTADOS OBTIDOS NO CAMPEONATO PAN-AMERICANO MASTERS DE 2018, REALIZADO NA CIDADE DE ORLANDO, ESTADOS UNIDOS.</t>
   </si>
   <si>
     <t>11051</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11051/11051_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11051/11051_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À DELEGAÇÃO ESPORTIVA MOCOQUENSE, PELA PARTICIPAÇÃO NO 62] JOGOS REGIONAIS, SEDIADO NA CIDADE DE SANTA BÁRBARA D'OESTE.</t>
   </si>
   <si>
     <t>11052</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11052/11052_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11052/11052_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À EMPRESA MEGAFER, PELA PASSAGEM DE SEU 15º ANIVERSÁRIO DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>11053</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11053/11053_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11053/11053_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO AO EXMO. SR. DEPUTADO FEDERAL GILBERTO NASCIMENTO, PELA LIBERAÇÃO DE RECURSOS TOTALIZANDO R$ 300.000,00 DESTINADOS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>11054</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Daniel Girotto, Eduardo Barison 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11054/11054_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11054/11054_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR AURÉLIO NOGUEIRA.</t>
   </si>
   <si>
     <t>11081</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11081/11081_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11081/11081_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO VEREADOR LUIZ BRAZ MARIANO, PELO EMPENHO NA BUSCA DE RECURSOS FINANCEIROS PARA O MUNICÍPIO, JUNTAMENTO AO DEPUTADO FEDERAL GILBERTO NASCIMENTO.</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11082/11082_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11082/11082_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA YEDA BEATRIZ DE LIMA FIGUEIREDO.</t>
   </si>
   <si>
     <t>11083</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11083/11083_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11083/11083_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO AO EXMO. SR. AMAURI SODRÉ, PREFEITO MUNICIPAL EM EXERCÍCIO DE BRAGANÇA PAULISTA/SP, PELO APOIO NA CANDIDATURA DE MOCOCA PARA SEDIAR OS JOGOS REGIONAIS DE 2018.</t>
   </si>
   <si>
     <t>11096</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11096/11096_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11096/11096_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ELISABETH MARCONDES.</t>
   </si>
   <si>
     <t>11097</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>DE APLAUSOS À EMEB-P "PROF. JOSÉ BARRETO COELHO" E AO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO, PELA PROMOÇÃO DO VIII SIMPÓSIO DE EDUCAÇÃO, COM O TEMA "FORMAR-SE PARA FORMAR O OUTRO".</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11098/11098_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11098/11098_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO TÉCNICO DE ENFERMAGEM RICARDO MARDEN, PELA INICIATIVA EM REALIZAR O 1º LEILÃO DE GADO NO DISTRITO DE IGARAÍ, EM PROL DA SANTA CASA DE MOCOCA.</t>
   </si>
   <si>
     <t>11099</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11099/11099_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11099/11099_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AOS SENHORES E SENHORAS ADVOGADOS, PELA PASSAGEM DO "DIA DO ADVOGADO", COMEMORADO EM 11 DE AGOSTO.</t>
   </si>
   <si>
     <t>11100</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11100/11100_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11100/11100_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA ANNA THERESA BUSO.</t>
   </si>
   <si>
     <t>11101</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11101/11101_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11101/11101_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES PELA PASSAGEM DO DIA DOS PAIS, COMEMORADO NO DIA 12 DE AGOSTO.</t>
   </si>
   <si>
     <t>11116</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11116/11116_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11116/11116_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO À DEPUTADA ESTADUAL RITA PASSOS (PSD/SP), PELO APOIO EM ENCONTRO NA SECRETARIA ESTADUAL DE SAÚDE, QUE TINHA COMO CAUSA A ATUAL SITUAÇÃO DA IRMANDADE DE MISERICÓRDIA DA SANTA CASA DE MOCOCA.</t>
   </si>
   <si>
     <t>11117</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11117/11117_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11117/11117_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AGRADECIMENTO À SECRETARIA DE SAÚDE DO ESTADO DE SÃO PAULO, NA PESSOA DE SEU SECRETÁRIO ADJUNTO, PROF. DR. ANTONIO RUGO JR., E A SEUS ASSESSORES, PELA RECEPTIVIDADE EM ENCONTRO EM PROL DA IRMANDADE DE MISERICÓRDIA DA SANTA CASA DE MOCOCA.</t>
   </si>
   <si>
     <t>11140</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020, José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11140/11140_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11140/11140_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES À REDE SEMPRE VALE SUPERMERCADOS, PELA REINAUGURAÇÃO DE SUAS INSTALAÇÕES NO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>11141</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11141/11141_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11141/11141_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES PELO DIA DO PSICÓLOGO(A), COMEMORADO NO DIA 27 DE AGOSTO.</t>
   </si>
   <si>
     <t>11142</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11142/11142_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11142/11142_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO EXMO. SR. PREFEITO MUNICIPAL DE ARCEBURGO/MG, GILSON PEREIRA DE MELLO, PELA REALIZAÇÃO DE SHOWS MUSICAIS COMEMORATIVOS AOS 107 ANOS DE EMANCIPAÇÃO POLÍTICO-ADMINISTRATIVA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>11143</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11143/11143_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11143/11143_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À LOJA CASA MARQUES PELO SEU 29º ANIVERSÁRIO DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11144/11144_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11144/11144_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À COORDENADORA DO PROGRAMA DE PREVENÇÃO À AIDS / DST'S, SRA. EDITE ESTEVÃO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>11145</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11145/11145_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11145/11145_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. MANOEL VAZ LOBO.</t>
   </si>
   <si>
     <t>11165</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11165/11165_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11165/11165_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À DEPUTADA ESTADUAL RITA PASSOS PELA CONQUISTA DE AUTORIZO DE RECURSOS NO VALOR DE R$ 183 MIL PARA INVESTIMENTO NA ÁREA DE INFORMÁTICA DA SANTA CASA DE MOCOCA.</t>
   </si>
   <si>
     <t>11179</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11179/11179_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11179/11179_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS Á IGREJA CATÓLICA PELA REALIZAÇÃO DA SEMANA DA FAMÍLIA 2018.</t>
   </si>
   <si>
     <t>11180</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11180/11180_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11180/11180_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOÃO PASCHOALINO, POPULARMENTE CONHECIDO COMO " PORTUGA DO PASTEL".</t>
   </si>
   <si>
     <t>11181</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11181/11181_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11181/11181_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À COMUNIDADE MISSIONÁRIA PROVIDÊNCIA SANTÍSSIMA, PELA REALIZAÇÃO DO 4º ENCONTRO ESPIRITUAL CASAIS DE FÉ.</t>
   </si>
   <si>
     <t>11270</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11270/11270_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11270/11270_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JORGE MARIA TORRES.</t>
   </si>
   <si>
     <t>11271</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11271/11271_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11271/11271_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS Á PREFEITURA MUNICIPAL, ACI E EMPRESÁRIOS LOCAIS PELO EMPENHO NA PROMOÇÃO DOS ESTUDOS TÉCNICOS QUE EMBASARAM A CRIAÇÃO DE PROJETO DE LEI QUE DISPÕE SOBRE O PROGRAMA DE DESENVOLVIMENTO SOCIOECONÔMICO DO DISTRITO INDUSTRIAL E DE TODAS AS ZONAS DE PREDOMINÂNCIA INDUSTRIAL DO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>11272</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11272/11272_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11272/11272_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES PALA PASSAGEM DO DIA DOS SERVENTES ESCOLARES, COMEMORADO EM 23 DE SETEMBRO.</t>
   </si>
   <si>
     <t>11273</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11273/11273_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11273/11273_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR CIRILO XAVIER DIAS.</t>
   </si>
   <si>
     <t>11283</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11283/11283_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11283/11283_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E RECONHECIMENTO À DRA. JOANA JONNES BARRETO, COORDENADORA DA EQUIPE DE VIGILÂNCIA EM SAÚDE DO DEPARTAMENTO DE SAÚDE, BEM COMO À ENFERMEIRA MICHELE E TODA EQUIPE, PELOS RESULTADOS OBTIDOS NA CAMPANHA DE VACINAÇÃO, A QUAL ATINGIU A META DE 95% DO PÚBLICO ALVO.</t>
   </si>
   <si>
     <t>11284</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11284/11284_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11284/11284_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À CABO KÁTIA SASTRE, PELA ATUAÇÃO E ATO DE CORAGEM DURANTE INTERVENÇÃO EM CASO OCORRIDO EM MAIO ÚLTIMO, EXTENSIVO AOS DEMAIS INTEGRANTES DA CLASSE.</t>
   </si>
   <si>
     <t>11285</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11285/11285_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11285/11285_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS À MÉDICA PSIQUIATRA, DRA. ELIZA MARTHA PAIVA BARRETO, PELA PALESTRA SOBRE O TEMA " PREVENÇÃO AO SUICÍDIO", REALIZADA NESTA CASA NO DIA 25 DE SETEMBRO ÚLTIMO.</t>
   </si>
   <si>
     <t>11372</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11372/11372_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11372/11372_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO AO EXMO. SR. DEPUTADO FEDERAL, SILVIO TORRES, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE MOCOCA DURANTE SEUS MANDATOS PARLAMENTARES.</t>
   </si>
   <si>
     <t>11373</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11373/11373_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11373/11373_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO ESCRITOR MOCOQUENSE, DR. GETÚLIO CARDOZO, PELA LANÇAMENTO DO LIVRO "O FIM DE MUNDONÓPOLIS".</t>
   </si>
   <si>
     <t>11374</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11374/11374_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11374/11374_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES À EMPRESA DOCES BIBA, PELA PASSAGEM DO SEU 46º ANIVERSÁRIO DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>11375</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11375/11375_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11375/11375_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AO SEMAG COMÉRCIO E ENGENHARIA, PELOS SEUS 30 ANOS DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>11376</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11376/11376_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11376/11376_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO AO SESI CENTRO EDUCACIONAL, ATRAVÉS DE SEUS ALUNOS E PROFESSORES, PELA CONTRIBUIÇÃO PARA O EVENTO DO DIA DAS CRIANÇAS, NO BAIRRO PÔR DO SOL.</t>
   </si>
   <si>
     <t>11377</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11377/11377_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11377/11377_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES À ASSOCIAÇÃO ESPORTIVA MOCOQUENSE, PELA REALIZAÇÃO DA QUINQUAGÉSIMA EDIÇÃO DO "TROFÉU CHICO PISCINA" DE NATAÇÃO, ENTRE OS DIAS 26 E 29 DE SETEMBRO DE 2018.</t>
   </si>
   <si>
     <t>11378</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11378/11378_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11378/11378_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À ORDEM FRANCISCANA SECULAR DO CONVENTO SÃO JOSÉ, PELA PROMOÇÃO DE MAIS UMA "CARREATA DA SOLIDARIEDADE".</t>
   </si>
   <si>
     <t>11379</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11379/11379_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11379/11379_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO À EMPRESA CLASSE A TURISMO, POR SUA HONROSA COLABORAÇÃO E INCENTIVO AO CONTRIBUIR COM A PROMOÇÃO DO EVENTO &amp;#8220;SAIBA DIZER NÃO&amp;#8221;, DO QUAL PARTICIPARAM JOVENS MOCOQUENSES.</t>
   </si>
   <si>
     <t>11380</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11380/11380_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11380/11380_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO À DRA. ELIZA MARTHA PAIVA BARRETO, PELA EXCELENTE PALESTRA MINISTRADA NESTA CASA, EM RAZÃO DA SEMANA DE PREVENÇÃO AO SUICÍDIO.</t>
   </si>
   <si>
     <t>11381</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11381/11381_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11381/11381_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARIA BUENO DE JESUS.</t>
   </si>
   <si>
     <t>11432</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11432/11432_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11432/11432_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA TEREZA EDNA RIMOLI, SERVIDORA APOSENTADA DO TRIBUNAL DE JUSTIÇA DO ESTADO DE SÃO PAULO, ONDE DEDICOU-SE POR MAIS DE 30 ANOS.</t>
   </si>
   <si>
     <t>11433</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11433/11433_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11433/11433_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AOS SEIS DEPUTADOS ESTADUAIS ELEITOS PELO PARTIDO DA REPÚBLICA - PR, PARA COMPOR A ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>11434</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11434/11434_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11434/11434_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO EXMO. SR. GILBERTO NASCIMENTO -PSC, PELO ÊXITO OBTIDO NAS ELEIÇÕES DE 2018, REELEGENDO-SE DEPUTADO FEDERAL POR SÃO PAULO.</t>
   </si>
   <si>
     <t>11435</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11435/11435_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11435/11435_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTO À IGREJA UNIVERSAL, ATRAVÉS DE SEUS MEMBROS, OBREIROS, EVANGELISTAS E DO GRUPO CALEBE, PELA COLABORAÇÃO COM O EVENTO DO DIA DAS CRIANÇAS, NO BAIRRO PÔR DO SOL.</t>
   </si>
   <si>
     <t>11436</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11436/11436_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11436/11436_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AOS CANDIDATOS A DEPUTADO ESTADUAL E FEDERAL, RESPECTIVAMENTE, DANIEL GIROTTO E MARTINHO COLPANI, QUE CONCORRERAM ÀS ELEIÇÕES DE 2018 REPRESENTANDO MOCOCA.</t>
   </si>
   <si>
     <t>11437</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11437/11437_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11437/11437_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO SR. MIGUEL LOMBARDI - PR, PELO ÊXITO OBTIDO NAS ELEIÇÕES DE 2018, ELEGENDO-SE DEPUTADO FEDERAL POR SÃO PAULO.</t>
   </si>
   <si>
     <t>11438</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11438/11438_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11438/11438_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AOS SETE DEPUTADOS FEDERAIS ELEITOS EM SÃO PAULO PELO PARTIDO DA REPÚBLICA - PR, EXTENSIVO A SEUS PRESIDENTE, SR. TADEU CANDELÁRIA.</t>
   </si>
   <si>
     <t>11439</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11439/11439_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11439/11439_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO EXMO. SR. EDMIR CHEDID - DEM, PELO ÊXITO OBTIDO NAS ELEIÇÕES DE 2018, REELEGENDO-SE DEPUTADO ESTADUAL DE SÃO PAULO.</t>
   </si>
   <si>
     <t>11440</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11440/11440_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11440/11440_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO SR. RAFA ZIMBALDI - PSB/SP, PELO ÊXITO OBTIDO NAS ELEIÇÕES DE 2018, ELEGENDO-SR DEPUTADO ESTADUAL DE SÃO PAULO.</t>
   </si>
   <si>
     <t>11441</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11441/11441_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11441/11441_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APELO AO SUPREMO TRIBUNAL FEDERAL, COM RELAÇÃO À ARGUIÇÃO DE DESCUMPRIMENTO DE PRECEITO FUNDAMENTAL - ADPF N° 422, QUE DISCUTE A DESCRIMINALIZAÇÃO DO ABORTO ATÉ A 12ª SEMANA DE GESTAÇÃO.</t>
   </si>
   <si>
     <t>11516</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11516/moc_164.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11516/moc_164.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR ANTÔNIO RAIMUNDO DA SILVA.</t>
   </si>
   <si>
     <t>11517</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11517/moc_165.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11517/moc_165.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO EXMO. SR. CAMPOS MACHADO, PELO ÊXITO OBTIDO NAS ELEIÇÕES DE 2018, REELEGENDO-SE DEPUTADO ESTADUAL DE SÃO PAULO.</t>
   </si>
   <si>
     <t>11518</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11518/moc_166.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11518/moc_166.pdf</t>
   </si>
   <si>
     <t>DE CONGRATULAÇÕES AOS COLETORES DE LIXO, PELA PASSAGEM DO SEU DIA, 21 DE OUTUBRO.</t>
   </si>
   <si>
     <t>11519</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11519/moc_167.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11519/moc_167.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO PROJETO "CIDADE VERDE", ATRAVÉS DE SEUS MEMBROS, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO, MEDIANTE PROPOSTA DE ARBORIZAÇÃO DE CALÇADAS.</t>
   </si>
   <si>
     <t>11520</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11520/moc_168.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11520/moc_168.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO EXMO. SR. DEPUTADO FEDERAL, JAIR MESSIAS BOLSONARO, PELO COMPROMISSO FIRMADO EM FAVOR DA FAMÍLIA E CONTRA A PRÁTICA DO ABORTO, EM VISITA AO ARCEBISPO DA ARQUIDIOCESE DE SÃO SEBASTIÃO DO RIO DE JANEIRO, DOM ORANI TEMPESTA.</t>
   </si>
   <si>
     <t>11521</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11521/moc_169.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11521/moc_169.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO ESCRITOR MOCOQUENSE, SR. MARCOS A. BELISÁRIO, PELO LANÇAMENTO DO LIVRO "DESPERTE O VENCEDOR DENTRO DE VOCÊ".</t>
   </si>
   <si>
     <t>11570</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11570/moc_170.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11570/moc_170.pdf</t>
   </si>
   <si>
     <t>De aplausos e congratulações ao candidato a Deputado Federal, Senhor Matheus Mafepi, que concorreu às Eleições de 2018, representando São José do Rio Pardo e região.</t>
   </si>
   <si>
     <t>11571</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11571/moc_171.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11571/moc_171.pdf</t>
   </si>
   <si>
     <t>De aplausos e congratulações  à Loja Maçônica Solidariedade e justiça de Mococa, pela realização da 12° Festa do Carneiro.</t>
   </si>
   <si>
     <t>11572</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11572/moc_172.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11572/moc_172.pdf</t>
   </si>
   <si>
     <t>De congratulações e aplausos ao Laboratório São Lucas, pela inauguração de seu mais novo e moderno espaço, agregando à qualidade dos serviços prestados aos mocoquenses.</t>
   </si>
   <si>
     <t>11573</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11573/moc_173.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11573/moc_173.pdf</t>
   </si>
   <si>
     <t>De aplausos e congratulações ao Exmo. Sr. Jair Bolsonaro, pelo êxito obtido nas  eleições de 2018, elegendo-se Presidente da República.</t>
   </si>
   <si>
     <t>11574</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11574/moc._174.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11574/moc._174.pdf</t>
   </si>
   <si>
     <t>De aplausos ao Sr. Carlos Sampaio Moreira Piegas e ao Sr. Américo Pereira Lima, pela promoção da 10° Exposição Morfológica da Raça Crioula.</t>
   </si>
   <si>
     <t>11575</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11575/moc_175.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11575/moc_175.pdf</t>
   </si>
   <si>
     <t>De aplausos e congratulações ao Sr. João Dória, pelo êxito obtido nas eleições de 2018, elegendo-se Governador Estadual de São Paulo.</t>
   </si>
   <si>
     <t>11576</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11576/moc_176.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11576/moc_176.pdf</t>
   </si>
   <si>
     <t>De congratulações aos Cirurgiões Dentistas, de modo especial aos membros da APCD Regional de Mococa, pelo Dia do Dentista, comemorado no dia 25 de outubro.</t>
   </si>
   <si>
     <t>11577</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11577/moc._177.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11577/moc._177.pdf</t>
   </si>
   <si>
     <t>De aplausos ao Sr. Fabiano Camargo e ao Sr. Américo Pereira Lima, pela realização do 5° Campeonato de Marcha de Mococa e região, realizado no último dia 21 de outubro.</t>
   </si>
   <si>
     <t>11586</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11586/moc_178.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11586/moc_178.pdf</t>
   </si>
   <si>
     <t>De aplausos e congratulações ao Exmo. Sr. Baleia Rossi - MDB, pelo êxito obtido nas eleições de 2018, reelegendo-se Deputado Federal por São Paulo.</t>
   </si>
   <si>
     <t>11587</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11587/moc_179.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11587/moc_179.pdf</t>
   </si>
   <si>
     <t>De aplausos e congratulações ao Exmo. Sr. Léo Oliveira - MDB, pelo êxito obtido nas eleições de 2018, reelegendo-se Deputado Estadual de São Paulo.</t>
   </si>
   <si>
     <t>11588</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11588/moc_180.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11588/moc_180.pdf</t>
   </si>
   <si>
     <t>De aplausos e congratulações ao Exmo. Sr. Jorge Caruso - MDB, pelo êxito obtido nas eleições de 2018, reelegendo-se Deputado Estadual de São Paulo.</t>
   </si>
   <si>
     <t>11593</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11593/p04.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11593/p04.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AO EXMO. SR. ITAMAR BORGES, PELO ÊXITO OBTIDO NAS ELEIÇÕES DE 2018, REELEGENDO-SE DEPUTADO ESTADUAL DE SÃO PAULO.</t>
   </si>
   <si>
     <t>11594</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11594/p05.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11594/p05.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E CONGRATULAÇÕES AOS DEPUTADOS REELEITOS PELO ESTADO DE SÃO PAULO, DE FORMA A SER DADA CONTINUIDADE A SEUS TRABALHOS REPRESENTATIVOS NAS CASAS PARLAMENTARES FEDERAL E ESTADUAL.</t>
   </si>
   <si>
     <t>11614</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11614/moc_183.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11614/moc_183.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. José Sebastião Gonçalo, Vice-Prefeito da cidade de Tapiratiba/SP.</t>
   </si>
   <si>
     <t>11615</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11615/moc_184.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11615/moc_184.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Thereza Vargas Geraldo.</t>
   </si>
   <si>
     <t>11616</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11616/moc_185.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11616/moc_185.pdf</t>
   </si>
   <si>
     <t>De aplausos aos pares desta Casa de Leis, pela constante busca por recursos, junto ao Estado e à União, através de seus Deputados, em favor do nosso município, abstendo-se de questões de cunho pessoal.</t>
   </si>
   <si>
     <t>11617</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11617/moc_186.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11617/moc_186.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do jornalista e radialista mocoquense, Sr. Marcelo Zamarian.</t>
   </si>
   <si>
     <t>11618</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11618/moc_187.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11618/moc_187.pdf</t>
   </si>
   <si>
     <t>De profundo pesar, pelo falecimento da Sra. Ana Palladini.</t>
   </si>
   <si>
     <t>11619</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11619/moc_188.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11619/moc_188.pdf</t>
   </si>
   <si>
     <t>De profundo pesar, pelo falecimento do Sr. João Marques Dias.</t>
   </si>
   <si>
     <t>11642</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11642/moc._189.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11642/moc._189.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao Departamento Municipal de Cultura e Turismo de Mococa, Pe. Luís Antônio Penna e demais responsáveis por promover, em Mococa, a apresentação da Bachiana Filarmônica SESI-SP, regida pelo Maestro João Carlos Martins.</t>
   </si>
   <si>
     <t>11643</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11643/moc._190.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11643/moc._190.pdf</t>
   </si>
   <si>
     <t>De Aplausos às equipes das categorias de base de Basquete da Associação Esportiva Mocoquense, aos técnicos, Prof. Rincon e Prof. João Aníbal, pelos excelentes resultados alcançados no Campeonato Estadual de 2018.</t>
   </si>
   <si>
     <t>11644</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11644/moc._191.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11644/moc._191.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Antônio Benedito Gomes.</t>
   </si>
   <si>
     <t>11154</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11154/11154_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11154/11154_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE JANEIRO DE 2018.</t>
   </si>
   <si>
     <t>11155</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11155/11155_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11155/11155_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE FEVEREIRO DE 2018.</t>
   </si>
   <si>
     <t>11156</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11156/11156_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11156/11156_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE MARÇO DE 2018.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11157/11157_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11157/11157_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE ABRIL DE 2018.</t>
   </si>
   <si>
     <t>11158</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11158/11158_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11158/11158_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE MAIO DE 2018.</t>
   </si>
   <si>
     <t>11159</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11159/11159_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11159/11159_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE JUNHO DE 2018.</t>
   </si>
   <si>
     <t>11160</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11160/11160_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11160/11160_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE JULHO DE 2018.</t>
   </si>
   <si>
     <t>11686</t>
   </si>
   <si>
     <t>COFC - Comissão de Orçamento, Finanças e Contabilidade, Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
     <t>PARECER PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE OUTUBRO DE 2018.</t>
   </si>
   <si>
     <t>11645</t>
   </si>
   <si>
     <t>PARTC</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas de SP</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11645/parecer_tribunbal_de_contas.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11645/parecer_tribunbal_de_contas.pdf</t>
   </si>
   <si>
     <t>OFÍCIO UR-6 Nº 70/2018 - TC-2564/026/15 - REFERENTES ÀS CONTAS ANUAIS DO EXERCÍCIO DE 2015, DA PREFEITURA MUNICIPAL DE MOCOCA. PARECER DESFAVORÁVEL.</t>
   </si>
   <si>
     <t>10475</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE DIPLOMAS DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2018</t>
   </si>
   <si>
     <t>10666</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ MOCOQUENSE À SRA. ELIETE AMORIELLO CARVALHO DE SIQUEIRA.</t>
   </si>
   <si>
     <t>10667</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ MOCOQUENSE À SRA. SANDRA RODRIGUES DOS SANTOS PEREIRA.</t>
   </si>
   <si>
     <t>10668</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ MOCOQUENSE À SRA. SÔNIA APARECIDA DE PAULI PEREIRA.</t>
   </si>
   <si>
     <t>10669</t>
   </si>
@@ -2853,368 +2853,368 @@
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. HUMBERTO COSTA DO AMARAL.</t>
   </si>
   <si>
     <t>10677</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. SEBASTIÃO FERNANDO BARRETO.</t>
   </si>
   <si>
     <t>10678</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. GILSO ALVES VIEIRA.</t>
   </si>
   <si>
     <t>10679</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. ELIÉZER PEDRETTI DA SILVA.</t>
   </si>
   <si>
     <t>11182</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11182/11182_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11182/11182_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SR. CARLOS EDUARDO MARCHESI TROMBINI. </t>
   </si>
   <si>
     <t>11418</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11418/11418_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11418/11418_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR. EDSON APARECIDO GRILONI.</t>
   </si>
   <si>
     <t>11419</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11419/11419_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11419/11419_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á LAMBISCO'S.</t>
   </si>
   <si>
     <t>11417</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11417/11417_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11417/11417_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO CIDADÃO BENEMÉRITO AO SR. LUIS FERNANDO DOS SANTOS "TIDI-THAI".</t>
   </si>
   <si>
     <t>11414</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11414/11414_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11414/11414_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE EMPRESA CIDADÃ Á EL SHADAY.</t>
   </si>
   <si>
     <t>11413</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11413/11413_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11413/11413_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á MASTER CONTABILIDADE E IMOBILIARIA.</t>
   </si>
   <si>
     <t>11415</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11415/11415_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11415/11415_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE EMPRESA CIDADÃ Á MOCOAÇO.</t>
   </si>
   <si>
     <t>11416</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11416/11416_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11416/11416_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR. JOSE PAULINO DE SOUSA.</t>
   </si>
   <si>
     <t>11412</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11412/11412_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11412/11412_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE TÍTULO CIDADÃ BENEMÉRITA À SRA. THAÍS FRANCIELI MARCELINO. </t>
   </si>
   <si>
     <t>11446</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11446/11446_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11446/11446_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á FAZENDA SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>11449</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11449/11449_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11449/11449_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á AGÊNCIA O3 DE PROPAGANDA.</t>
   </si>
   <si>
     <t>11451</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11451/11451_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11451/11451_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADÃ BENEMÉRITA Á SRA. MARA GHELLERE MENDONÇA.</t>
   </si>
   <si>
     <t>11448</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11448/11448_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11448/11448_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR.CHISTIAN ALBERTO LOPES BURRONE DE FREITAS.</t>
   </si>
   <si>
     <t>11447</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11447/11447_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11447/11447_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR. LUIZ GUSTAVO MILAN SABBAG.</t>
   </si>
   <si>
     <t>11450</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11450/11450_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11450/11450_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR. NILTON TERUAKI OGAWA.</t>
   </si>
   <si>
     <t>11531</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11531/projeto_decreto_leg_031-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11531/projeto_decreto_leg_031-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á MURILO SOUZA QUILICI-ME.</t>
   </si>
   <si>
     <t>11524</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11524/projeto_decreto_leg_032-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11524/projeto_decreto_leg_032-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO Á HUGO ANDRADE COSSI.</t>
   </si>
   <si>
     <t>11522</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR. PAULO MARTINS.</t>
   </si>
   <si>
     <t>11530</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11530/projeto_decreto_leg_034-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11530/projeto_decreto_leg_034-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á CASA DO CARTUCHO.</t>
   </si>
   <si>
     <t>11529</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11529/prejeto_decreto_leg_035-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11529/prejeto_decreto_leg_035-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á RESIDÊNCIA IMÓVEIS.</t>
   </si>
   <si>
     <t>11528</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11528/projeto_decreto_leg_036-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11528/projeto_decreto_leg_036-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á MAZIERO ESCRITÓRIO CONTÁBIL.</t>
   </si>
   <si>
     <t>11527</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11527/projeto_decreto_leg_037-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11527/projeto_decreto_leg_037-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR. MARCELO RIBEIRO SANTOS.</t>
   </si>
   <si>
     <t>11526</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11526/projeto_decreto_leg_038-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11526/projeto_decreto_leg_038-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á KARINA DA COSTA ZANETTI-ME.</t>
   </si>
   <si>
     <t>11525</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11525/projeto_decreto_leg_039-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11525/projeto_decreto_leg_039-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ Á AUTO PEÇAS DE PAULI.</t>
   </si>
   <si>
     <t>11523</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11523/projeto_decreto_leg_40-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11523/projeto_decreto_leg_40-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO Á SRA.MARIA INÊS PORTO BRISIGHELO.</t>
   </si>
   <si>
     <t>11548</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11548/projeto_de_decreto_legislativo_41_2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11548/projeto_de_decreto_legislativo_41_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO SR. JOSÉ RAIMUNDO DOS SANTOS.</t>
   </si>
   <si>
     <t>11542</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11542/projeto_decreto_legislativo_42_2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11542/projeto_decreto_legislativo_42_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE AMIGO DO PATRIMÔNIO HISTÓRICO E CULTURAL DO MUNICÍPIO DE MOCOCA Á FAMÍLIA BARRETO.</t>
   </si>
   <si>
     <t>11546</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11546/projeto_decreto_leg_043-2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11546/projeto_decreto_leg_043-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO DESPORTIVO AO SR. PEDRO HENRIQUE SILVA SPAJARI.</t>
   </si>
   <si>
     <t>11544</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11544/projeto_decreto_legislativo_44_2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11544/projeto_decreto_legislativo_44_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE EMPRESA CIDADÃ AO CARTÓRIO DE REGISTRO CIVIL.</t>
   </si>
   <si>
     <t>10973</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10973/10973_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10973/10973_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N° 001/2018 - ALTERA DISPOSITIVOS DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>11245</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11245/11245_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11245/11245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA A RECEITA E ESTIMA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2019 NO ÂMBITO DO PODER LEGISLATIVO. </t>
   </si>
   <si>
     <t>11068</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Comissão de Assuntos Relevantes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11068/11068_texto_integral.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11068/11068_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA E CONSOLIDA A LEI ORGÂNICA DO MUNICÍPIO DE MOCOCA.</t>
   </si>
   <si>
     <t>13804</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13804/denuncia_wanderley_fernandes_martins_junior_2.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13804/denuncia_wanderley_fernandes_martins_junior_2.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM FACE DO PREFEITO MUNICIPAL WANDERLEY FERNANDES MARTINS JÚNIOR - PEDE A CASSAÇÃO E O AFASTAMENTO DO CARGO DE PREFEITO MUNICIPAL DURANTE OS PROCEDIMENTOS DE COMISSÃO PROCESSANTE A SER CRIADA._x000D_
 _x000D_
 DENUNCIANTE: VEREADOR ELIAS DE SISTO.</t>
   </si>
   <si>
     <t>13803</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13803/denuncia_wanderley_fernandes_martins_junior_1.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13803/denuncia_wanderley_fernandes_martins_junior_1.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM FACE DO PREFEITO MUNICIPAL WANDERLEY FERNANDES MARTINS JÚNIOR - PEDE A CASSAÇÃO E O AFASTAMENTO DO CARGO PREFEITO MUNICIPAL DURANTE OS PROCEDIMENTOS DE COMISSÃO PROCESSANTE A SER CRIADA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3521,68 +3521,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10847/10847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10944/10944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10945/10945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10946/10946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10947/10947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10948/10948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10949/10949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11127/11127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13279/emenda_modificativa_02_ao_plc_03_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13282/emenda_no01_modificativa_2018_total.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10959/10959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10980/10980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10981/10981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10982/10982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10983/10983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10992/10992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10993/10993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10994/10994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10995/10995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10996/10996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11009/11009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11043/11043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11044/11044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11045/11045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11046/11046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11047/11047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11048/11048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11049/11049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11050/11050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11051/11051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11052/11052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11053/11053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11054/11054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11081/11081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11082/11082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11083/11083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11096/11096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11098/11098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11099/11099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11100/11100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11101/11101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11116/11116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11117/11117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11140/11140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11141/11141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11142/11142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11143/11143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11144/11144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11145/11145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11165/11165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11179/11179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11180/11180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11181/11181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11270/11270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11271/11271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11272/11272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11273/11273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11283/11283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11284/11284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11285/11285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11372/11372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11373/11373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11374/11374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11375/11375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11376/11376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11377/11377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11378/11378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11379/11379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11380/11380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11381/11381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11432/11432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11433/11433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11434/11434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11435/11435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11436/11436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11437/11437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11438/11438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11439/11439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11440/11440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11441/11441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11516/moc_164.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11517/moc_165.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11518/moc_166.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11519/moc_167.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11520/moc_168.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11521/moc_169.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11570/moc_170.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11571/moc_171.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11572/moc_172.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11573/moc_173.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11574/moc._174.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11575/moc_175.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11576/moc_176.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11577/moc._177.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11586/moc_178.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11587/moc_179.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11588/moc_180.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11593/p04.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11594/p05.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11614/moc_183.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11615/moc_184.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11616/moc_185.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11617/moc_186.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11618/moc_187.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11619/moc_188.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11642/moc._189.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11643/moc._190.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11644/moc._191.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11154/11154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11155/11155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11156/11156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11157/11157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11158/11158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11159/11159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11160/11160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11645/parecer_tribunbal_de_contas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11182/11182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11418/11418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11419/11419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11417/11417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11414/11414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11413/11413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11415/11415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11416/11416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11412/11412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11446/11446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11449/11449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11451/11451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11448/11448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11447/11447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11450/11450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11531/projeto_decreto_leg_031-2018.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11524/projeto_decreto_leg_032-2018.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11530/projeto_decreto_leg_034-2018.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11529/prejeto_decreto_leg_035-2018.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11528/projeto_decreto_leg_036-2018.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11527/projeto_decreto_leg_037-2018.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11526/projeto_decreto_leg_038-2018.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11525/projeto_decreto_leg_039-2018.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11523/projeto_decreto_leg_40-2018.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11548/projeto_de_decreto_legislativo_41_2018.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11542/projeto_decreto_legislativo_42_2018.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11546/projeto_decreto_leg_043-2018.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11544/projeto_decreto_legislativo_44_2018.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10973/10973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11245/11245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11068/11068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13804/denuncia_wanderley_fernandes_martins_junior_2.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13803/denuncia_wanderley_fernandes_martins_junior_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10847/10847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10944/10944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10945/10945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10946/10946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10947/10947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10948/10948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10949/10949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11127/11127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13279/emenda_modificativa_02_ao_plc_03_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13282/emenda_no01_modificativa_2018_total.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10959/10959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10980/10980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10981/10981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10982/10982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10983/10983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10992/10992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10993/10993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10994/10994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10995/10995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10996/10996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11009/11009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11043/11043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11044/11044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11045/11045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11046/11046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11047/11047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11048/11048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11049/11049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11050/11050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11051/11051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11052/11052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11053/11053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11054/11054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11081/11081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11082/11082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11083/11083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11096/11096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11098/11098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11099/11099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11100/11100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11101/11101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11116/11116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11117/11117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11140/11140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11141/11141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11142/11142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11143/11143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11144/11144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11145/11145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11165/11165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11179/11179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11180/11180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11181/11181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11270/11270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11271/11271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11272/11272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11273/11273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11283/11283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11284/11284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11285/11285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11372/11372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11373/11373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11374/11374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11375/11375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11376/11376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11377/11377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11378/11378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11379/11379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11380/11380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11381/11381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11432/11432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11433/11433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11434/11434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11435/11435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11436/11436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11437/11437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11438/11438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11439/11439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11440/11440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11441/11441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11516/moc_164.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11517/moc_165.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11518/moc_166.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11519/moc_167.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11520/moc_168.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11521/moc_169.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11570/moc_170.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11571/moc_171.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11572/moc_172.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11573/moc_173.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11574/moc._174.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11575/moc_175.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11576/moc_176.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11577/moc._177.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11586/moc_178.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11587/moc_179.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11588/moc_180.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11593/p04.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11594/p05.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11614/moc_183.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11615/moc_184.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11616/moc_185.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11617/moc_186.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11618/moc_187.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11619/moc_188.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11642/moc._189.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11643/moc._190.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11644/moc._191.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11154/11154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11155/11155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11156/11156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11157/11157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11158/11158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11159/11159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11160/11160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11645/parecer_tribunbal_de_contas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11182/11182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11418/11418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11419/11419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11417/11417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11414/11414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11413/11413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11415/11415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11416/11416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11412/11412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11446/11446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11449/11449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11451/11451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11448/11448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11447/11447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11450/11450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11531/projeto_decreto_leg_031-2018.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11524/projeto_decreto_leg_032-2018.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11530/projeto_decreto_leg_034-2018.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11529/prejeto_decreto_leg_035-2018.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11528/projeto_decreto_leg_036-2018.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11527/projeto_decreto_leg_037-2018.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11526/projeto_decreto_leg_038-2018.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11525/projeto_decreto_leg_039-2018.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11523/projeto_decreto_leg_40-2018.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11548/projeto_de_decreto_legislativo_41_2018.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11542/projeto_decreto_legislativo_42_2018.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11546/projeto_decreto_leg_043-2018.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/11544/projeto_decreto_legislativo_44_2018.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/10973/10973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11245/11245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/./sapl/public/materialegislativa/2018/11068/11068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13804/denuncia_wanderley_fernandes_martins_junior_2.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2018/13803/denuncia_wanderley_fernandes_martins_junior_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H275"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>