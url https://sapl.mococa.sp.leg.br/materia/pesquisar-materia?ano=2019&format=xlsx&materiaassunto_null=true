--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -54,2956 +54,2956 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12829</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t xml:space="preserve">Emenda </t>
   </si>
   <si>
     <t>Eduardo Barison 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12829/emenda_1_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12829/emenda_1_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR Nº015/2019 - ALTERA TEXTO DO ART. 1º.</t>
   </si>
   <si>
     <t>12830</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12830/emenda_2_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12830/emenda_2_2019.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PROJETO DE LEI COMPLEMENTAR Nº 015/2019 - ACRESCENTA TEXTO AO ART. 42.</t>
   </si>
   <si>
     <t>12831</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12831/emenda_5_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12831/emenda_5_2019.pdf</t>
   </si>
   <si>
     <t>SUPRESSIVA AO PROJETO DE LEI COMPLEMENTAR Nº 015/2019 - SUPRIME O TEXTO DO ART.23.</t>
   </si>
   <si>
     <t>12898</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12898/emenda_ao_proj_resolucao_007-2019_barison.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12898/emenda_ao_proj_resolucao_007-2019_barison.pdf</t>
   </si>
   <si>
     <t>Emenda nº 01 Modificativa ao Projeto de Resolução nº 007/2019 - Dispõe sobre alteração no Regimento Interno - Resolução nº 09/1992, e dá outras providências.</t>
   </si>
   <si>
     <t>13081</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13081/emenda_supressiva_ao_pl_028-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13081/emenda_supressiva_ao_pl_028-2019.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA nº 01/2019, de 29 de outubro de 2019 AO PROJETO DE LEI Nº 028/2019 - Suprima dispositivos no Projeto de lei nº 028/2019 e reorganize-se a sequência e ordem das alíneas restantes.</t>
   </si>
   <si>
     <t>13126</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13126/emenda_2-2019_ao_pl_028_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13126/emenda_2-2019_ao_pl_028_2019.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 02/2019 AO PROJETO DE LEI Nº 028/2019 - ADICIONAR O §10 AO ARTIGO 1º.</t>
   </si>
   <si>
     <t>13127</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13127/emenda_3-2019_ao_pl_28_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13127/emenda_3-2019_ao_pl_28_2019.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 03/2019 AO PROJETO DE LEI Nº 028/2019- ADICIONAR A ALÍNEA "S", OBSERVADA A REMUNERAÇÃO PROMOVIDA PELA EMENDA SUPRESSIVA Nº 01/2019.</t>
   </si>
   <si>
     <t>13128</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13128/emenda_4_2019_ao_pl_28_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13128/emenda_4_2019_ao_pl_28_2019.pdf</t>
   </si>
   <si>
     <t>EMENDA SUBSTITUTIVA Nº 04/2019 AO PROJETO DE LEI Nº 028/2019 - ALTERAR O ITEM "A-3" DA ALÍNEA "A" DO ARTIGO 3º.</t>
   </si>
   <si>
     <t>13129</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13129/emenda_5_2019_ao_pl_28_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13129/emenda_5_2019_ao_pl_28_2019.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº 05/2019 AO PROJETO DE LEI Nº 028/2019 - SUPRIMIR A ALÍNEA "E" DO ARTIGO 6º.</t>
   </si>
   <si>
     <t>13130</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13130/emenda_6_2019_ao_pl_28_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13130/emenda_6_2019_ao_pl_28_2019.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 06/2019 AO PROJETO DE LEI Nº 028/2019 - ALTERAR O PARÁGRAFO ÚNICO DO ARTIGO 8º, O CAPUT DO ARTIGO 9º E O ARTIGO 12, SUBSTITUINDO EM TODOS ELES A EXPRESSÃO "ESCRUTÍNIO SECRETO" POR "ESCRUTÍNIO ABERTO".</t>
   </si>
   <si>
     <t>13191</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/anexo_xi_rotated.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/anexo_xi_rotated.pdf</t>
   </si>
   <si>
     <t>Emendas da Comissão de Orçamento, Finanças e Contabilidade: ANEXO XI do SUBSTITUTIVO AO PROJETO DE LEI Nº 037/2019.</t>
   </si>
   <si>
     <t>13192</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/anexo_x_rotated.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/anexo_x_rotated.pdf</t>
   </si>
   <si>
     <t>Emendas impositivas parlamentares: ANEXO X do SUBSTITUTIVO AO PROJETO DE LEI Nº 037/2019._x000D_
 EMENDAS IMPOSITIVAS – ARTIGO 139-A DA LOM</t>
   </si>
   <si>
     <t>13210</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13210/emenda_43.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13210/emenda_43.pdf</t>
   </si>
   <si>
     <t>Altere-se o texto do inciso I, art. 7º do supracitado projeto, que passa a vigorar sob a seguinte redação:_x000D_
 “Art. 7º (...)_x000D_
 I - abrir Créditos Adicionais Suplementares até o limite de 20% (vinte por cento) do orçamento das despesas, nos termos da legislação vigente;”</t>
   </si>
   <si>
     <t>13211</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13211/emenda_cofc_loa_2020.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13211/emenda_cofc_loa_2020.pdf</t>
   </si>
   <si>
     <t>ANEXO XI: SUBSTITUTIVO AO PROJETO DE LEI Nº 037/2019 - EMENDAS DA COMISSÃO</t>
   </si>
   <si>
     <t>13212</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Mauro da Inca, Odair Dois Mil, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13212/emendas_impositivas.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13212/emendas_impositivas.pdf</t>
   </si>
   <si>
     <t>ANEXO X: SUBSTITUTIVO AO PROJETO DE LEI Nº 037/2019 - EMENDAS IMPOSITIVAS – ARTIGO 139-A DA LOM_x000D_
 Autoria de todos os vereadores.</t>
   </si>
   <si>
     <t>11748</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11748/moc_1.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11748/moc_1.pdf</t>
   </si>
   <si>
     <t>De Aplausos às equipes das categorias de base de basquete da Associação Esportiva Mocoquense e ao Técnico, Prof. Sylvio Risso, pelos excelentes resultados alcançados no Campeonato Estadual de 2018.</t>
   </si>
   <si>
     <t>11749</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11749/moc_2.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11749/moc_2.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Ronaldo Ravelli.</t>
   </si>
   <si>
     <t>11750</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11750/moc_3.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11750/moc_3.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao Grupo de Escoteiros Guará, pela realização de campanha de arrecadação de alimentos, em prol da Santa Casa de  Misericórdia de Mococa.</t>
   </si>
   <si>
     <t>11814</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11814/moc._04.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11814/moc._04.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Maura Oliveira, conhecida como Maura da Santa Casa.</t>
   </si>
   <si>
     <t>11815</t>
   </si>
   <si>
     <t>Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11815/moc._05.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11815/moc._05.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do senhor Antonio Ubirajara Amato, atleta mocoquense consagrado, carinhosamente conhecido como "Teca".</t>
   </si>
   <si>
     <t>11823</t>
   </si>
   <si>
     <t xml:space="preserve">Caju </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11823/moc._06.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11823/moc._06.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao programa de prevenção ás drogas, "Unir para Prevenir", da rede de proteção á crianças e ao adolescente no município, pelas atividades desenvolvidas em Mococa.</t>
   </si>
   <si>
     <t>11839</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11839/moc._07.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11839/moc._07.pdf</t>
   </si>
   <si>
     <t>De aplauso e Congratulações á llma. Sra. Heide Romero Rosalino, pelos 50 ano s de atividades dedicadas á Educação no Município de Mococa.</t>
   </si>
   <si>
     <t>11840</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11840/moc._08.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11840/moc._08.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar polo falecimento do jornalista Ricardo Boechat e do piloto Ronaldo Quattrucci.</t>
   </si>
   <si>
     <t>11841</t>
   </si>
   <si>
     <t>Josimar Alves Vieira 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11841/moc._09.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11841/moc._09.pdf</t>
   </si>
   <si>
     <t>De Aplauso Congratulações á Maxflit Academia pela inauguração de sua segunda unidade no município.</t>
   </si>
   <si>
     <t>11842</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11842/moc._10.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11842/moc._10.pdf</t>
   </si>
   <si>
     <t>De PROFUNDO PESAR pelo falecimento das vítimas do trágico incêndio no Centro de Treinamento do Flamengo.</t>
   </si>
   <si>
     <t>11868</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11868/moc._11.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11868/moc._11.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao supermercado Alvorada, pela modernização de sua estrutura predial e qualidade na prestação dos serviços.</t>
   </si>
   <si>
     <t>11869</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11869/moc._12.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11869/moc._12.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento da Médica veterinária Dra. Viviane Guerra.</t>
   </si>
   <si>
     <t>11870</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11870/moc._13.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11870/moc._13.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Ari Sérgio de Camargo.</t>
   </si>
   <si>
     <t>11871</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11871/moc._14.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11871/moc._14.pdf</t>
   </si>
   <si>
     <t>De APLAUSO á equipe de Atenção Básica, por meio do núcleo de apoio á Saúde da família e de Educação, pela excelência nas atividades de combate á Dengue em nosso município.</t>
   </si>
   <si>
     <t>11872</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11872/moc._15.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11872/moc._15.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senho Vitor Luiz Salvador.</t>
   </si>
   <si>
     <t>11873</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Francisco Tuca 2017-2020, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11873/moc._16.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11873/moc._16.pdf</t>
   </si>
   <si>
     <t>De APLAUSO aos Prefeitos que integram a Assembléia Geral do CONDERG - Hospital Regional de Divinolândia - pelo empenho, compreensão, apoio e colaboração com o município de Mococa.</t>
   </si>
   <si>
     <t>11911</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11911/moc._17.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11911/moc._17.pdf</t>
   </si>
   <si>
     <t>De APLAUSO aos funcionários, conselho e Diretoria da UNIMED Mococa, através do Presidente Dr. Paulo Geraldo Silva Cruz Filho, pelos relevantes trabalhos prestados frente á instituição.</t>
   </si>
   <si>
     <t>11912</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t xml:space="preserve">Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11912/moc._18.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11912/moc._18.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Celso Paganini.</t>
   </si>
   <si>
     <t>11913</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11913/moc._19.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11913/moc._19.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento da senhora Olga Dias Ferraz de Siqueira.</t>
   </si>
   <si>
     <t>11914</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11914/moc._20.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11914/moc._20.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento de Arthur Araújo Lula da Silva.</t>
   </si>
   <si>
     <t>11932</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11932/moc._21.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11932/moc._21.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DE RONNY OLÍMPIO.</t>
   </si>
   <si>
     <t>11933</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Caju , Pelezinho da Circular, Profº. Rincon</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11933/moc._22.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11933/moc._22.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS À ARTISTA E POLÍTICA LECI BRANDÃO, PELA EFETIVA PARTICIPAÇÃO NO CARNAVAL CARIOCA, VENCIDO PELA ESTAÇÃO PRIMEIRA DE MANGUEIRA.</t>
   </si>
   <si>
     <t>11934</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11934/moc._23.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11934/moc._23.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AO PREFEITO DO MUNICÍPIO DE SÃO JOSÉ DO RIO PARDO/SP, DR. ERNANI CHRISTOVAM VASCONCELLOS, PELA ATITUDE DE UTILIZAR-SE DE VEÍCULO PRÓPRIO PARA VIAGENS OFICIAIS, EXERCITANDO OS PRINCÍPIOS CONTITUCIONAIS.</t>
   </si>
   <si>
     <t>11935</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11935/moc._24.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11935/moc._24.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARLENE ABELARDI.</t>
   </si>
   <si>
     <t>11954</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11954/moc._25.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11954/moc._25.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Sindicato dos Trabalhadores do Serviços Público Municipal de Mococa, pela excelência nos serviços prestados e êxito nas negociações sindicais.</t>
   </si>
   <si>
     <t>11955</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11955/moc._26.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11955/moc._26.pdf</t>
   </si>
   <si>
     <t>De APLAUSO á Conferência Nacional dos Bispos do Brasil - CNBB; pela Campanha da "Fraternidade e Políticas Públicas" e com o Lema: "Será libertado pelo direito e pela justiça" (Is 1,27).</t>
   </si>
   <si>
     <t>11981</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11981/moc._27.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11981/moc._27.pdf</t>
   </si>
   <si>
     <t>De Profundo pesar pelo falecimento da Senhora Jacomina Delduca Cesini.</t>
   </si>
   <si>
     <t>11982</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11982/moc._28.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11982/moc._28.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à Corporação Musical Filarmônica Mocoquense, pelo transcurso de seu 127º aniversário de fundação.</t>
   </si>
   <si>
     <t>11983</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11983/moc._29.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11983/moc._29.pdf</t>
   </si>
   <si>
     <t>De Profundo pesar pelo falecimento da Senhora Vanessa Garcia.</t>
   </si>
   <si>
     <t>11984</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Elias de Sisto 2017-2020, Francisco Tuca 2017-2020, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11984/moc._30.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11984/moc._30.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Esquadrão de Demonstração Aérea - "Esquadrilha da Fumaça", pela apresentação de show aéreo ocorrido no último domingo 17.</t>
   </si>
   <si>
     <t>11985</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Daniel Girotto</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11985/moc._31.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11985/moc._31.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Reitor do Santuário de Nossa Senhora do Rosário, Pe. Amadeu Liberato Somera, pelas relevantes melhorias realizadas na estrutura física da Igreja.</t>
   </si>
   <si>
     <t>11986</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11986/moc._32.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11986/moc._32.pdf</t>
   </si>
   <si>
     <t>De Profundo pesar pelo falecimento da Senhora Gilda Pacheco Martins, popularmente conhecida como Gilda Bilheteira.</t>
   </si>
   <si>
     <t>11987</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11987/moc._33.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11987/moc._33.pdf</t>
   </si>
   <si>
     <t>De Profundo pesar pelo falecimento do Senhor Gércio Marchesini.</t>
   </si>
   <si>
     <t>12037</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12037/moc_34.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12037/moc_34.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Iolanda Tavares.</t>
   </si>
   <si>
     <t>12047</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12047/moc._35.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12047/moc._35.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Luiz Roberto de Paula.</t>
   </si>
   <si>
     <t>12048</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12048/moc._36.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12048/moc._36.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento da Senhora Aparecida Biazin.</t>
   </si>
   <si>
     <t>12067</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12067/moc._37.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12067/moc._37.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Grupo TUMM, pela ampla e moderna reforma nas dependências da ONG, elevando a qualidade das atividades filantrópicas desempenhadas.</t>
   </si>
   <si>
     <t>12068</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12068/moc._38.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12068/moc._38.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à Câmara dos Deputados pela aprovação de Projeto de Lei que permite o divórcio imediato, nos cados de violência doméstica contra a mulher.</t>
   </si>
   <si>
     <t>12195</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12195/moc.39.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12195/moc.39.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Marcos Antônio Buzo.</t>
   </si>
   <si>
     <t>12196</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12196/moc.40.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12196/moc.40.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento de João Bruno Bianzin Neto.</t>
   </si>
   <si>
     <t>12197</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12197/moc.41.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12197/moc.41.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES ao Cine Mococa, pelo transcurso de seu 60º aniversário de fundação.</t>
   </si>
   <si>
     <t>12198</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12198/moc.42.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12198/moc.42.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ás empresas NEODENT e ADIDAS pelo patrocínio ao atleta mocoquense Vitor Queranza, o "Nininho", na Maratona de Boston 2019.</t>
   </si>
   <si>
     <t>12199</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Francisco Tuca 2017-2020, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Nei, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12199/moc.43.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12199/moc.43.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao atleta mocoquense Vitor Queranza, o "Nininho", pela conquista histórica da Maratona de Boston 2019.</t>
   </si>
   <si>
     <t>12200</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12200/moc.44.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12200/moc.44.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Odete Cochoni Martins.</t>
   </si>
   <si>
     <t>12223</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020, Elias de Sisto 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12223/moc.45.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12223/moc.45.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sr. Odete de Andrade.</t>
   </si>
   <si>
     <t>12224</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Nei</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12224/moc.46.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12224/moc.46.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Senhor Ricardo Sordi Neto.</t>
   </si>
   <si>
     <t>12225</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Senhor Antônio Carlos Brunelli.</t>
   </si>
   <si>
     <t>12226</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12226/moc.48.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12226/moc.48.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à Escola Estadual Barão de Monte Santo, pela passagem de seu aniversário de 118 anos de fundação.</t>
   </si>
   <si>
     <t>12227</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Nei, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12227/moc.49.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12227/moc.49.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à Metalúrgica Inca pela passagem de seu aniversário de 70 anos de fundação.</t>
   </si>
   <si>
     <t>12228</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12228/moc.50.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12228/moc.50.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Senhor Pedro Rodrigues da Silva.</t>
   </si>
   <si>
     <t>12229</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12229/moc.51.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12229/moc.51.pdf</t>
   </si>
   <si>
     <t>De Congratulações à Igreja Evangélica Cristã Presbiteriana de Mococa, pela passagem dos 30 anos de organização da Igreja no município de Mococa.</t>
   </si>
   <si>
     <t>12230</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Nei, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12230/moc.52.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12230/moc.52.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao corpo diretivo, professores e funcionários da Escola Estadual João Cid Godoy, pela constante luta visando à qualidade da educação.</t>
   </si>
   <si>
     <t>12316</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Gerson Pereira da Silva.</t>
   </si>
   <si>
     <t>12321</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t xml:space="preserve">Elias de Sisto 2017-2020, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12321/moc._54.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12321/moc._54.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Antônio Altair Afonso.</t>
   </si>
   <si>
     <t>12322</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12322/moc._55.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12322/moc._55.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Benedito Rodrigues da Silva.</t>
   </si>
   <si>
     <t>12323</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>De Congratulações à Mocdrol Cilindros Hidráulicos pela passagem de seu aniversário de 30 anos de fundação.</t>
   </si>
   <si>
     <t>12405</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12405/moc._57.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12405/moc._57.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Pe. benedito Maurício Mendonça, Pároco da Igreja Nossa Senhora da Luz, pelas celebrações do tempo da Quaresma e Semana Santa, no Distrito de Igaraí.</t>
   </si>
   <si>
     <t>12406</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12406/moc._58.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12406/moc._58.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Exmo. Sr. Deputado Federal Miguel Lombardi (PR), por abdicar a aposentadoria especial para políticas, optando pelo regime comum a todos os cidadãos.</t>
   </si>
   <si>
     <t>12407</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12407/moc._59.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12407/moc._59.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES pelo Dia do(a) Cozinheiro(a), comemorado no dia 10 de maio.</t>
   </si>
   <si>
     <t>12408</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Nei, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12408/moc._60.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12408/moc._60.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Dr. Cid Marcos Silva Parisi.</t>
   </si>
   <si>
     <t>12410</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12410/moc._61.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12410/moc._61.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS aos órgãos e entidade dedicados à transformação social e à defesa dos Direitos da Criança e do Adolescente no município de Mococa.</t>
   </si>
   <si>
     <t>12468</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12468/moc._62.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12468/moc._62.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Aldevino Cristino.</t>
   </si>
   <si>
     <t>12469</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12469/moc._63.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12469/moc._63.pdf</t>
   </si>
   <si>
     <t>De aplausos ao Bar Cenarium, pela inauguração do mais novo e moderno espaço de lazer, agregando à noite mocoquense entretenimento, culinária e música de qualidade.</t>
   </si>
   <si>
     <t>12470</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12470/moc._64.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12470/moc._64.pdf</t>
   </si>
   <si>
     <t>De congratulações pelo dia do(a) Enfermeiro(a), comemorado no dia 12 de maio.</t>
   </si>
   <si>
     <t>12471</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12471/moc._65.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12471/moc._65.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Maria de Lourdes Cândido Bertolo.</t>
   </si>
   <si>
     <t>12472</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12472/moc._66.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12472/moc._66.pdf</t>
   </si>
   <si>
     <t>De congratulações pelo dia do(a) Assistente Social, comemorado no dia 15 de maio.</t>
   </si>
   <si>
     <t>12473</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12473/moc._67.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12473/moc._67.pdf</t>
   </si>
   <si>
     <t>De aplausos ao casal Maria de Lourdes Espanha e Nelson Espanha, pela adoção de Manuela Raimundo Espanha.</t>
   </si>
   <si>
     <t>12500</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12500/moc._68.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12500/moc._68.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Senhor Luiz Antônio Alves, popularmente conhecido como "Buchim".</t>
   </si>
   <si>
     <t>12501</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020, Nei</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12501/moc._69.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12501/moc._69.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Senhor Domingos Moretti.</t>
   </si>
   <si>
     <t>12502</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12502/moc._70.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12502/moc._70.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Senhor Sidney Camargo, popularmente conhecido como "Dodô Peixeiro".</t>
   </si>
   <si>
     <t>12513</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Elias de Sisto 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12513/moc._71.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12513/moc._71.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Lorentina Xavier.</t>
   </si>
   <si>
     <t>12514</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Elias de Sisto 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12514/moc._72.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12514/moc._72.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Décio Cândido.</t>
   </si>
   <si>
     <t>12515</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12515/moc._73.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12515/moc._73.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Centro Educacional Castelo, pelo transcurso de seu aniversário de 25 anos de fundação.</t>
   </si>
   <si>
     <t>12516</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12516/moc._74.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12516/moc._74.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Clotilde Chagas.</t>
   </si>
   <si>
     <t>12517</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12517/moc._75.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12517/moc._75.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento Sra. Emília Cunha.</t>
   </si>
   <si>
     <t>12518</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12518/moc._76.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12518/moc._76.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Elza Silva Valério.</t>
   </si>
   <si>
     <t>12536</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12536/moc_77.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12536/moc_77.pdf</t>
   </si>
   <si>
     <t>De APLAUSO e Reconhecimento à Diretoria da OAB/Mococa, pela solenidade que empossou os condutores da 88º Subseção de Mococa para o triênio 2019/2021.</t>
   </si>
   <si>
     <t>12537</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t xml:space="preserve">Elias de Sisto 2017-2020, Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Odair Dois Mil, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12537/moc_78.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12537/moc_78.pdf</t>
   </si>
   <si>
     <t>De APLAUSO e AGRADECIMENTOS aos Reverendíssimos Senhores Padres Adilson Aparecido da Silva e José Ricardo Costa, pelos relevantes serviços desempenhados à comunidade de fiéis, enquanto párocos no município de Mococa.</t>
   </si>
   <si>
     <t>12561</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12561/moc._79.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12561/moc._79.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Sebastião Faria.</t>
   </si>
   <si>
     <t>12562</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12562/moc._80.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12562/moc._80.pdf</t>
   </si>
   <si>
     <t>De APLAUSO à Sr. Cida Cilli, pelos relevantes serviços prestados ao município, enquanto Diretora de Cultura e Turismo.</t>
   </si>
   <si>
     <t>12563</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12563/moc._81.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12563/moc._81.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Carmen Ferreira.</t>
   </si>
   <si>
     <t>12564</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12564/moc._82.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12564/moc._82.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Antônio Passareli Alonso.</t>
   </si>
   <si>
     <t>12565</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12565/moc._83.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12565/moc._83.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do ex-jogador do Radium Futebol Clube, Sr. Lázaro Pedro de Oliveira, popularmente conhecido como "Feijão".</t>
   </si>
   <si>
     <t>12566</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12566/moc._84.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12566/moc._84.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Exmo Sr. Prefeito Municipal, Dr. Felipe Niero Naufel, pelo retorno do ponto dos caminhoneiros ao seu tradicional local, bem como pela inauguração da Escola Municipal Hortência Freire Machado.</t>
   </si>
   <si>
     <t>12567</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12567/moc._85.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12567/moc._85.pdf</t>
   </si>
   <si>
     <t>De APLAUSO à seleção Brasileira Sub-14 Masculina de Basquete, pela formação da equipe que disputará o Campeonato Sul-Americano, a qual conta com o mocoquense Eduardo de Sisto.</t>
   </si>
   <si>
     <t>12568</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12568/moc._86.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12568/moc._86.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. José Ferrari.</t>
   </si>
   <si>
     <t>12569</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12569/moc._87.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12569/moc._87.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao Deputado Estadual RAFA ZIMBALDI pela disposição em destinar recursos financeiros e projetos ao nosso município de Mococa.</t>
   </si>
   <si>
     <t>12570</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12570/moc._88.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12570/moc._88.pdf</t>
   </si>
   <si>
     <t>De APLAUSO aos funcionários da EMEB Hotência Freire Machado, na pessoa da Profª. Ana Paula Silva Bastos, pelo engajamento na realização de campanhas para arrecadação de fundos destinados à manutenção da escola.</t>
   </si>
   <si>
     <t>12571</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12571/moc._89.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12571/moc._89.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Sr. Marcelo de Paula, Diretor da Escola EMEB-P Professor José Barreto Coelho, pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>12572</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12572/moc._90.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12572/moc._90.pdf</t>
   </si>
   <si>
     <t>De APLAUSO e RECONHECIMENTO à cantora e compositora guaxupeana, Márcia Tauil, homenageada na 6ª edição do Prêmio Grão de Música.</t>
   </si>
   <si>
     <t>12588</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12588/moc._91.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12588/moc._91.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Sr. Carlos Henrique Dias, coordenador de equipe do Centro de Ressocialização (CR) de Mococa, pelos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>12589</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t xml:space="preserve">Elias de Sisto 2017-2020, Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Elisângela Mazini Maziero Breganoli, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Odair Dois Mil, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12589/moc._92.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12589/moc._92.pdf</t>
   </si>
   <si>
     <t>De APOIO ao Vereador Antenor Diogo Barbosa, da Câmara Municipal de Santo Antônio do Jardim/SP, em razão de pleito por Hospital Regional Estadual na região de São João da Boa Vista, oficiado à Secretaria de Saúde do Estado de São Paulo.</t>
   </si>
   <si>
     <t>12734</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12734/moc_93.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12734/moc_93.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor José Carlos Espanha.</t>
   </si>
   <si>
     <t>12735</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12735/moc_94.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12735/moc_94.pdf</t>
   </si>
   <si>
     <t>De APLAUSO  ao Vereador Luiz Braz Mariano, pela aprovação das contas da Câmara Municipal de Mococa no exercício de 2016, sob sua Presidência.</t>
   </si>
   <si>
     <t>12736</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12736/moc_95.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12736/moc_95.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Aparecida de Lourdes Bernardo.</t>
   </si>
   <si>
     <t>12737</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12737/moc_96.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12737/moc_96.pdf</t>
   </si>
   <si>
     <t>Em agradecimento a toda equipe de médicos, enfermeiros e demais profissionais envolvidos no socorro, cirurgia e reabilitação do vereador que subscreve, em virtude de acidente de trânsito ocorrido recentemente.</t>
   </si>
   <si>
     <t>12738</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Odair Dois Mil, Pelezinho da Circular, Profº. Rincon, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12738/moc_97.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12738/moc_97.pdf</t>
   </si>
   <si>
     <t>De PROFUNDO PESAR pelo falecimento do Senhor José Armando Ferraregi, carinhosamente conhecido como "Tiola".</t>
   </si>
   <si>
     <t>12739</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020, Luiz Braz Mariano</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12739/moc_98.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12739/moc_98.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Osmar Gonçalves de Oliveira.</t>
   </si>
   <si>
     <t>12740</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12740/moc_99.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12740/moc_99.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Otávio Martins.</t>
   </si>
   <si>
     <t>12741</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12741/moc_100.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12741/moc_100.pdf</t>
   </si>
   <si>
     <t>De PROFUNDO PESAR pelo falecimento do Jovem Felipe Augusto Bernardo Alamino.</t>
   </si>
   <si>
     <t>12742</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12742/moc_101.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12742/moc_101.pdf</t>
   </si>
   <si>
     <t>De APLAUSO às empresas Reciclus e Casa Marques Materiais para Construção, pela realização de campanha de recolhimento resíduos de natureza eletrônica.</t>
   </si>
   <si>
     <t>12743</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12743/moc_102.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12743/moc_102.pdf</t>
   </si>
   <si>
     <t>De APLAUSO aos formandos e promotores do PROERD 2019 - Programa  Educacional de Resistência às Drogas.</t>
   </si>
   <si>
     <t>12744</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12744/moc_103.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12744/moc_103.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Ricardo Augusto de Faria, servidor da Prefeitura Municipal de Mococa.</t>
   </si>
   <si>
     <t>12745</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12745/moc_104.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12745/moc_104.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Laboratório de Análises Clínicas São Mateus, pela prestação de serviços com preços acessíveis a seus pacientes.</t>
   </si>
   <si>
     <t>12746</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12746/moc_105.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12746/moc_105.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Júlio Lourenço.</t>
   </si>
   <si>
     <t>12747</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12747/moc_106.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12747/moc_106.pdf</t>
   </si>
   <si>
     <t>De Aplauso à Igreja Evangélica Congregacional de Mococa, pelo transcurso de seu 44º aniversário de fundação.</t>
   </si>
   <si>
     <t>12748</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12748/moc_107.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12748/moc_107.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Antônio Elias Machado.</t>
   </si>
   <si>
     <t>12749</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12749/moc_108.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12749/moc_108.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Amanda Cristina da Silva Reis Marcelino.</t>
   </si>
   <si>
     <t>12768</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12768/moc._109.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12768/moc._109.pdf</t>
   </si>
   <si>
     <t>De APLAUSO à Sra. Juliana, encarregada dos serviços de limpeza e organização do velório municipal, pelos relevantes serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>12769</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t xml:space="preserve">Caju , Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12769/moc._110.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12769/moc._110.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sra. Ana Maria Fidelis Cologi.</t>
   </si>
   <si>
     <t>12770</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Odair Dois Mil, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12770/moc._111.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12770/moc._111.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao atleta mocoquense Léo Duarte, recentemente contratado pela equipe Italiana do AC Milan.</t>
   </si>
   <si>
     <t>12786</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12786/moc._112.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12786/moc._112.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Dr. Luis Fernando Conceição.</t>
   </si>
   <si>
     <t>12787</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12787/moc._113.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12787/moc._113.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Secretário de Habitação do Estado de São Paulo, Exmo. Sr. Flávio Amary, pelo engajamento para a publicação do Decreto Estadual que institui o Programa "Nossa Casa".</t>
   </si>
   <si>
     <t>12788</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12788/moc._114.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12788/moc._114.pdf</t>
   </si>
   <si>
     <t>De APLAUSO aos senhores Ailson Achel e Carlos Donizetti Garcia Puga, pelos relevantes serviços prestados ao município, enquanto diretores do Departamento de Trânsito e Departamento de Segurança Pública, respectivamente.</t>
   </si>
   <si>
     <t>12789</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12789/moc._115.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12789/moc._115.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à Escola Estadual Oscar Vilares, pelo transcurso de seu aniversário de 80 anos de fundação.</t>
   </si>
   <si>
     <t>12790</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12790/moc._116.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12790/moc._116.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Luis Antônio Saes.</t>
   </si>
   <si>
     <t>12791</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Luiz Braz Mariano, Nei, Odair Dois Mil, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12791/moc._117.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12791/moc._117.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao atleta mocoquense Pedro Spajari, pela conquista da medalha de ouro nos jogos Pan-Americanos 2019, disputados em Lima no Peru.</t>
   </si>
   <si>
     <t>12792</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12792/moc._118.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12792/moc._118.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Secretário de Habitação do Estado de São Paulo, Exmo. Sr.  Flávio Amary, pelo engajamento para a publicação do Decreto Estadual que institui o Programa "nossa Casa".</t>
   </si>
   <si>
     <t>12824</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12824/mocao_119.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12824/mocao_119.pdf</t>
   </si>
   <si>
     <t>De APLAUSO e RECONHECIMENTO ao Senhor Maxwell Alves Vilela, pelos relevantes trabalhos prestados ao município na qualidade de Diretor do Departamento de Saúde.</t>
   </si>
   <si>
     <t>12825</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Daniel Girotto, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Nei, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12825/mocao_120.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12825/mocao_120.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES e APLAUSOS ao Laboratório de análises Clínicas "Siqueira", por seus 45 anos de fundação.</t>
   </si>
   <si>
     <t>12826</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12826/mocao_121.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12826/mocao_121.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao Departamento Municipal de Desenvolvimento de Social Habitação, pela realização da VII Conferência Municipal da Assistência Social e o Primeiro Encontro da Rede de Proteção, com o tema "Prevenção ao Suicídio".</t>
   </si>
   <si>
     <t>12827</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12827/mocao_122.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12827/mocao_122.pdf</t>
   </si>
   <si>
     <t>De REPÚDIO às palavras do Excelentíssimo Senhor Presidente da República, Jair Bolsonaro quanto ao menosprezo e desvalorização da profissão e dos profissionais de enfermagem.</t>
   </si>
   <si>
     <t>12828</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12828/mocao_123.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12828/mocao_123.pdf</t>
   </si>
   <si>
     <t>Em AGRADECIMENTO ao Exmo. Sr. Deputado Federal Celso Russomano, pela liberação de R$ 250.000,00, destinados ao setor de Saúde de nosso município.</t>
   </si>
   <si>
     <t>12865</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12865/moc._124.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12865/moc._124.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES ao Supermercado Franzoni, por seus 51 anos de fundação.</t>
   </si>
   <si>
     <t>12866</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020, José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12866/moc._125.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12866/moc._125.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à loja Casa Marques, por seus 30 anos de fundação.</t>
   </si>
   <si>
     <t>12867</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Elias de Sisto 2017-2020, Luiz Braz Mariano, Odair Dois Mil, Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12867/moc._126.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12867/moc._126.pdf</t>
   </si>
   <si>
     <t>De APLAUSO ao cabo PM Mike Anderson Abewlardi Cherubine, da 3º Cia PM pela homenagem de Policial Destaque Operacional da Unidade conferida pelo 24º Batalhão de Policia Militar.</t>
   </si>
   <si>
     <t>12868</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12868/moc._127.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12868/moc._127.pdf</t>
   </si>
   <si>
     <t>De Congratulações à agência "O3 Propaganda", pelas premiações recebidas em evento da APP - Associação dos Profissionais de Propaganda.</t>
   </si>
   <si>
     <t>12911</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Mauro da Inca</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12911/moc._128.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12911/moc._128.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS E AGRADECIMENTOS À PREFEITURA MUNICIPAL DE MOCOCA, ATRAVÉS DO DEPARTAMENTO DE OBRAS, PELOS SERVIÇOS REALIZADOS NA AVENIDA GERALDO MARRA.</t>
   </si>
   <si>
     <t>12912</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12912/moc._129.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12912/moc._129.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. MÉRCIA ASSOLINI FURQUIM SANTURBANO.</t>
   </si>
   <si>
     <t>12913</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12913/moc._130.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12913/moc._130.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. DEPENIDO LIBERATO BERTHOLUCCI.</t>
   </si>
   <si>
     <t>12914</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Mauro da Inca, Nei, Odair Dois Mil, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12914/moc._131.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12914/moc._131.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. RODNEY FERREIRA DOS SANTOS, SERVIDOR PÚBLICO DA PREFEITURA MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>12915</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12915/moc._132.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12915/moc._132.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. LUZIA FÁVERO CARRARO.</t>
   </si>
   <si>
     <t>12916</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12916/moc._133.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12916/moc._133.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. SEBASTIÃO DA SILVA.</t>
   </si>
   <si>
     <t>12917</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12917/moc._134.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12917/moc._134.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. FRANCISCO BENTO CÂNDIDO.</t>
   </si>
   <si>
     <t>12918</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes, Josimar Alves Vieira 2017-2020, Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12918/moc._135.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12918/moc._135.pdf</t>
   </si>
   <si>
     <t>DE APLAUSOS AOS ILMOS. SRS. RENATO GONÇALVES DA FONSECA E EDUARDO ANTONIO BAISI, "IE", PELA EXCELÊNCIA DOS TRABALHOS PRESTADOS FRENTE AO DEPARTAMENTO MUNICIPAL DE SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>12919</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12919/moc._136.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12919/moc._136.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. MAURO CÉSAR COSTI.</t>
   </si>
   <si>
     <t>12920</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12920/moc._137.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12920/moc._137.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. GERMANO REHDER SOBRINHO.</t>
   </si>
   <si>
     <t>12921</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12921/moc._138.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12921/moc._138.pdf</t>
   </si>
   <si>
     <t>DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTONIO FRANCISCO ROMBOLI.</t>
   </si>
   <si>
     <t>12942</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Bim Taliberti 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Mauro da Inca, Odair Dois Mil, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12942/moc._139.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12942/moc._139.pdf</t>
   </si>
   <si>
     <t>de CONGRATULAÇÕES à Diretoria reeleita do Sindicato dos Trabalhadores Metalúrgicos de Mococa e Região.</t>
   </si>
   <si>
     <t>12943</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Elias de Sisto 2017-2020, Josimar Alves Vieira 2017-2020, Mauro da Inca, Odair Dois Mil, Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12943/moc._140.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12943/moc._140.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS ao jornalista Márcio Joaquim, pelo belíssimo evento realizado no último dia 14 de setembro.</t>
   </si>
   <si>
     <t>12944</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12944/moc._141.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12944/moc._141.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento do Sr. José Madureira Sobrinho.</t>
   </si>
   <si>
     <t>12945</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12945/moc._142.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12945/moc._142.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS ao grupo de ex-vereadores desta Casa, pela manutenção do convívio, por meio da realização de reuniões semanais.</t>
   </si>
   <si>
     <t>12946</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12946/moc._143.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12946/moc._143.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento da Sra. Maria de Lourdes Aparecida Souza.</t>
   </si>
   <si>
     <t>12947</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12947/moc._144.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12947/moc._144.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento da Sra. Lúcia da Silva.</t>
   </si>
   <si>
     <t>12948</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12948/moc._145.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12948/moc._145.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Antônio Carlos Trepador.</t>
   </si>
   <si>
     <t>12949</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12949/moc._146.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12949/moc._146.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento de Diego Rodrigo Martins.</t>
   </si>
   <si>
     <t>12964</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12964/moc._147.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12964/moc._147.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Maria Calore.</t>
   </si>
   <si>
     <t>12965</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12965/moc._148.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12965/moc._148.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Dirza de Jesus Perena.</t>
   </si>
   <si>
     <t>12966</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12966/moc._149.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12966/moc._149.pdf</t>
   </si>
   <si>
     <t>De agradecimento ao Coordenador do Programa Pró-Vicinais do Governo do Estado, Sr. Marco Pilla, na Secretaria de Desenvolvimento Regional, pela atenção e receptividade às demandas apresentadas pelo vereador que subscreve.</t>
   </si>
   <si>
     <t>13001</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13001/moc.__150.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13001/moc.__150.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS ao Senhor Vitor Queranza, o querido Nininho, por mais uma emblemática conquista durante a 12ª Maratona Internacional de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>13002</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13002/moc.__151.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13002/moc.__151.pdf</t>
   </si>
   <si>
     <t>de CONGRATULAÇÕES aos Conselheiros Tutelares do Município de Mococa, eleitos no último dia 06 de outubro.</t>
   </si>
   <si>
     <t>13027</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13027/moc._152.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13027/moc._152.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Liza Maria Balbino Flausino.</t>
   </si>
   <si>
     <t>13028</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13028/moc._153.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13028/moc._153.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. João Batista da Rocha Martins.</t>
   </si>
   <si>
     <t>13029</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13029/moc._154.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13029/moc._154.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Egle Rehder Garcia Figueiredo.</t>
   </si>
   <si>
     <t>13030</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13030/moc._155.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13030/moc._155.pdf</t>
   </si>
   <si>
     <t>De aplausos ao atleta mocoquense Rosemiro Espanha, por mais uma emblemática conquista durante a 36ª Corrida Integração Campinas.</t>
   </si>
   <si>
     <t>13031</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t xml:space="preserve">Elisângela Mazini Maziero Breganoli, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13031/moc._156.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13031/moc._156.pdf</t>
   </si>
   <si>
     <t>de Congratulações à EMEB-Professor José Barreto Coelho, pelo transcurso de seu aniversário de 80 anos de fundação.</t>
   </si>
   <si>
     <t>13051</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Nei, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13051/moc._157.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13051/moc._157.pdf</t>
   </si>
   <si>
     <t>De aplausos à Tânia Aparecida de Souza, pela apresentação de trabalho de conclusão de graduação intitulado "Trilhando a Memória da Estação Ferroviária da Cidade de Mococa-SP".</t>
   </si>
   <si>
     <t>13052</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Daniel Girotto, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Josimar Alves Vieira 2017-2020, Mauro da Inca, Nei, Odair Dois Mil, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13052/moc._158.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13052/moc._158.pdf</t>
   </si>
   <si>
     <t>de profundo pesar pelo falecimento da Sra. Maria de Lourdes Espanha.</t>
   </si>
   <si>
     <t>13053</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Daniel Girotto, Eduardo Barison 2017-2020, José Roberto Pereira, Nei</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13053/moc._159.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13053/moc._159.pdf</t>
   </si>
   <si>
     <t>de Congratulações à EMEB-P Professor José Barreto Coelho, pelo transcurso de seu aniversário de 80 anos de fundação.</t>
   </si>
   <si>
     <t>13054</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13054/moc._160.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13054/moc._160.pdf</t>
   </si>
   <si>
     <t>de Congratulações à empresa MOCOVEL (Chevrolet), por mais um ano de atividades no município de Mococa.</t>
   </si>
   <si>
     <t>13055</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13055/moc._161.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13055/moc._161.pdf</t>
   </si>
   <si>
     <t>de Congratulações pela passagem do Dia dos Médicos.</t>
   </si>
   <si>
     <t>13071</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13071/moc._162.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13071/moc._162.pdf</t>
   </si>
   <si>
     <t>de Profundo PESAR pelo falecimento dos Sr. Jaime Fernandes Alves Filho, carinhosamente conhecido como "Kaká".</t>
   </si>
   <si>
     <t>13072</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13072/moc._163.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13072/moc._163.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS ao Exmo. Sr. Prefeito Municipal e a todos os envolvidos na realização do almoço em comemoração ao Dia do Servidor Público, ocorrido dia 28 de outubro de 2019, no Vale Imperial II.</t>
   </si>
   <si>
     <t>13073</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13073/moc._164.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13073/moc._164.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento da Sra. Maria Faustino Teodoro.</t>
   </si>
   <si>
     <t>13074</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13074/moc._165.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13074/moc._165.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento da Sra. Maria José de Lima.</t>
   </si>
   <si>
     <t>13075</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13075/moc._166.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13075/moc._166.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. José Carlos Gomes.</t>
   </si>
   <si>
     <t>13076</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13076/moc._167.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13076/moc._167.pdf</t>
   </si>
   <si>
     <t>De Congratulações à EMEB "Maria Belomo Zanetti", pelo transcurso de seu 20º aniversário de fundação.</t>
   </si>
   <si>
     <t>13077</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13077/moc._168.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13077/moc._168.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento do Sr. José Maldonado.</t>
   </si>
   <si>
     <t>13078</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13078/moc._169.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13078/moc._169.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento de Amélio Rafaldini.</t>
   </si>
   <si>
     <t>13079</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13079/moc._170.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13079/moc._170.pdf</t>
   </si>
   <si>
     <t>de Congratulações a João Elias Carvalho de Sisto, pela aprovação no curso de Medicina Veterinária, nas instituições de ensino superior UNIPINHAL, UNIFEOB e UNIFENAS.</t>
   </si>
   <si>
     <t>13080</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13080/moc._171.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13080/moc._171.pdf</t>
   </si>
   <si>
     <t>de Congratulações pela passagem do Dia dos Servidores Públicos, comemorado em 28 de outubro.</t>
   </si>
   <si>
     <t>13092</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/moc._172.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/moc._172.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Sebastião Manoel.</t>
   </si>
   <si>
     <t>13093</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/moc._173.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/moc._173.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Geraldo Madeira.</t>
   </si>
   <si>
     <t>13094</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/moc._174.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/moc._174.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à empresa Litucera Limpeza e Engenharia - LTDA, pelos excelentes serviços prestados ao município de Mococa.</t>
   </si>
   <si>
     <t>13105</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13105/moc._175.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13105/moc._175.pdf</t>
   </si>
   <si>
     <t>de Apoio ao Projeto de Lei nº 1104, de 2019 de autoria do Dep. Estadual Vinicius Camarinha – PSB, que propõe a adequação da jornada de trabalho dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias aos termos do §4º do art. 9º-A da Lei Federal nº 11.350, de 5 de outubro de 2006, no âmbito do Estado de São Paulo.</t>
   </si>
   <si>
     <t>13106</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13106/moc._176.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13106/moc._176.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento do Sr. Geraldo Martins.</t>
   </si>
   <si>
     <t>13107</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13107/moc._177.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13107/moc._177.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Walter Denerval Lúcio.</t>
   </si>
   <si>
     <t>13123</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13123/moc._178.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13123/moc._178.pdf</t>
   </si>
   <si>
     <t>De Congratulações e Reconhecimento ao empreendedor Roberto Miachom pelos relevantes serviços prestados ao povo mocoquense.</t>
   </si>
   <si>
     <t>13124</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13124/moc._179.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13124/moc._179.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Benedito Camilo Júnior.</t>
   </si>
   <si>
     <t>13141</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13141/moc._180.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13141/moc._180.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Onofre Bento.</t>
   </si>
   <si>
     <t>13172</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13172/moc._181.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13172/moc._181.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS à equipe Masculina do Handebol Mococa, consagrada vice-campeã da 2ª Divisão dos 83º Jogos Abertos do Interior 2019, em Marília - SP.</t>
   </si>
   <si>
     <t>13185</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/moc._182.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/moc._182.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento da Sra. Cassilda Aparecida da Silva Magalhães.</t>
   </si>
   <si>
     <t>13186</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/moc._183.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/moc._183.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Sr. Jadiel Barbosa da Silva.</t>
   </si>
   <si>
     <t>13187</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/moc._184.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/moc._184.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento do Sr. José Felipe.</t>
   </si>
   <si>
     <t>13188</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/moc._185.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/moc._185.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Departamento Municipal de Esportes, Recreação e Lazer, na pessoa de seu Diretor, Sr. Francisco Carlos Cândido "Tuca", pela reativação da piscina do Ginásio Luiz Amato - São Clarão.</t>
   </si>
   <si>
     <t>13189</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t xml:space="preserve">Agimar Alves 2017-2020, Eduardo Barison 2017-2020, Elias de Sisto 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Mauro da Inca, Odair Dois Mil, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/moc._186.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/moc._186.pdf</t>
   </si>
   <si>
     <t>de APOIO ao Projeto de Lei 80/2018, que visa tornar obrigatória a presença de advogado nas audiências de conciliação do Centro Judiciário de Solução de Conflitos e Cidadania (CEJUSC), em tramitação no Senado Federal.</t>
   </si>
   <si>
     <t>13190</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/moc._187.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/moc._187.pdf</t>
   </si>
   <si>
     <t>de APOIO à Proposta de Emenda à Constituição 410/2018, de autoria do Deputado Federal Alexandre Manete, a qual permite a prisão imediata de réus condenados pela Justiça em segunda Instância.</t>
   </si>
   <si>
     <t>13208</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13208/moc._188.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13208/moc._188.pdf</t>
   </si>
   <si>
     <t>De aplausos ao Sr. Ricardo Figueiredo, pela organização do brilhante evento "Chic é ser Solidário", em prol da Santa Casa de Misericórdia.</t>
   </si>
   <si>
     <t>13209</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13209/moc._189.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13209/moc._189.pdf</t>
   </si>
   <si>
     <t>de APOIO pela aprovação das PEC´s 15/2015 e 65/2019, que visam a constitucionalizar o FUNDEB, com o objetivo de torná-lo permanente.</t>
   </si>
   <si>
     <t>13214</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13214/moc._190.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13214/moc._190.pdf</t>
   </si>
   <si>
     <t>de profundo pesar pelo falecimento da Sra. Myrnna Bonturi.</t>
   </si>
   <si>
     <t>11789</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11789/parecer_balancete.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11789/parecer_balancete.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E ORÇAMENTO, FINANÇAS E CONTABILIDADE PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DESPESA DA CÂMARA MUNICIPAL, REFERENTE AO MÊS DE NOVEMBRO DE 2018, NO AGUARDO DE UMA ANÁLISE MAIS APROFUNDADA E TÉCNICA DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>11937</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11937/parecer_barison_contas_maria_edna_2015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11937/parecer_barison_contas_maria_edna_2015.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE ORÇAMENTO, FINANÇAS E CONTABILIDADE PELA REJEIÇÃO DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, REFERENTE ÀS CONTAS ANUAIS DO EXERCÍCIO DE 2015 DA PREFEITURA MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>12044</t>
   </si>
   <si>
     <t>Parecer pelo Arquivamento do Balancete da receita e despesa da Câmara Municipal, referente ao mês de janeiro de 2019.</t>
   </si>
   <si>
     <t>12391</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12391/parecer_pelo_arquivamento_balancete_dez_2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12391/parecer_pelo_arquivamento_balancete_dez_2018.pdf</t>
   </si>
   <si>
     <t>PARECER PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DE MOCOCA REFERENTE AO MÊS DE DEZEMBRO DE 2018.</t>
   </si>
   <si>
     <t>12869</t>
   </si>
   <si>
     <t>Parecer  Conjunto das Comissões de Constituição, Justiça e Redação e Orçamento, Finanças e Contabilidade relativo às contas da Câmara Municipal de Mococa do mês de fevereiro de 2019, vota pelo ARQUIVAMENTO do processo, no aguardo de uma análise mais aprofundada e técnica do TCE-SP, que exarará parecer quanto às contas do Legislativo referente ao Exercício Financeiro de 2019.</t>
   </si>
   <si>
     <t>12870</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição, Justiça e Redação e Orçamento, Finanças e Contabilidade relativo às contas da Câmara Municipal de Mococa do mês de março de 2019, vota pelo ARQUIVAMENTO do processo, no aguardo de uma análise mais aprofundada e técnica do TCE-SP, que exarará parecer quanto às contas do Legislativo referente ao Exercício Financeiro de 2019.</t>
   </si>
   <si>
     <t>12871</t>
   </si>
   <si>
     <t>Parecer da Comissão de Orçamento, Finanças e Contabilidade relativo às contas da Câmara Municipal de Mococa do mês de abril de 2019, vota pelo arquivamento das contas, no aguardo de uma análise mais aprofundada e técnica do TCE-SP, que exarará parecer quanto às contas do Legislativo referente ao Exercício Financeiro de 2019.</t>
   </si>
   <si>
     <t>12872</t>
   </si>
   <si>
     <t>Parecer  Conjunto das Comissões de Constituição, Justiça e Redação e Orçamento, Finanças e Contabilidade relativo às contas da Câmara Municipal de Mococa do mês de maio de 2019, vota pelo ARQUIVAMENTO do processo, no aguardo de uma análise mais aprofundada e técnica do TCE-SP, que exarará parecer quanto às contas do Legislativo referente ao Exercício Financeiro de 2019.</t>
   </si>
   <si>
     <t>13015</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13015/parecer_relatorio_da_cei_012018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13015/parecer_relatorio_da_cei_012018.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO SOBRE RELATÓRIO FINAL DA COMISSÃO ESPECIAL DE INQUÉRITO Nº 01/2018.</t>
   </si>
   <si>
     <t>13035</t>
   </si>
   <si>
     <t>Parecer pelo Arquivamento do Projeto de Lei Complementar nº 001/2019, de 1º de fevereiro de 2019, em razão de vício de iniciativa no processo legislativo.</t>
   </si>
   <si>
     <t>13036</t>
   </si>
   <si>
     <t>Parecer pelo Arquivamento do processo nº 357/2018, que instaurou procedimento de verificação de quebra do decoro parlamentar em questão de ordem, em razão de perda de objeto.</t>
   </si>
   <si>
     <t>13108</t>
   </si>
   <si>
     <t>PARECER PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DE MOCOCA REFERENTE AO MÊS DE JUNHO DE 2019.</t>
   </si>
   <si>
     <t>13109</t>
   </si>
   <si>
     <t>PARECER PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DE MOCOCA REFERENTE AO MÊS DE JULHO DE 2019.</t>
   </si>
   <si>
     <t>13110</t>
   </si>
   <si>
     <t>PARECER PELO ARQUIVAMENTO DO BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DE MOCOCA REFERENTE AO MÊS DE AGOSTO DE 2019.</t>
   </si>
   <si>
     <t>13173</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação referente à  Comissão Especial de Inquérito (CEI) nº 02/2018, que apurou fatos relativos às contas públicas do exercício de 2018. - Aprovação das conclusões da CEI nº 02/2018 e proposição de projeto de resolução.</t>
   </si>
   <si>
     <t>13174</t>
   </si>
   <si>
     <t>Parecer pelo arquivamento da Comissão de Orçamento, Finanças e Contabilidade - Dispõe sobre o balancete da receita e da despesa da Câmara Municipal de Mococa referente ao mês de SETEMBRO de 2018.</t>
   </si>
   <si>
     <t>16846</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/16846/parecer_balancete_dezembro_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/16846/parecer_balancete_dezembro_2019.pdf</t>
   </si>
   <si>
     <t>Parecer pelo arquivamento da Comissão de Orçamento, Finanças e Contabilidade - Dispõe sobre o balancete da receita e da despesa da Câmara Municipal de Mococa referente ao mês de dezembro de 2019.</t>
   </si>
   <si>
     <t>11875</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11875/projeto_dec_leg_01_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11875/projeto_dec_leg_01_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. ELIENE RODRIGUES TERCHINA.</t>
   </si>
   <si>
     <t>11876</t>
   </si>
   <si>
     <t>Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11876/projeto_dec_leg__02_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11876/projeto_dec_leg__02_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. CECÍLIA MARTA DE SOUSA RIBEIRO NOGUEIRA.</t>
   </si>
   <si>
     <t>11877</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11877/projeto_dec_leg_03_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11877/projeto_dec_leg_03_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. GENILVA ALVES VIEIRA.</t>
   </si>
   <si>
     <t>11878</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11878/projeto_dec_leg_04_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11878/projeto_dec_leg_04_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. MARIANA ONOFRA DE OLIVEIRA RIBEIRO.</t>
   </si>
   <si>
     <t>11889</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11889/projeto_dec_leg_05_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11889/projeto_dec_leg_05_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. MARIA HELENA FELISBINO GERALDO.</t>
   </si>
   <si>
     <t>11888</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11888/projeto_dec_leg_07_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11888/projeto_dec_leg_07_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. MARLENE APARECIDA GUILHEM GARCIA.</t>
   </si>
   <si>
     <t>11887</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11887/projeto_dec_leg_07_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11887/projeto_dec_leg_07_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. VALDIRENE DONIZETE DA SILVA MIRANDA.</t>
   </si>
   <si>
     <t>11886</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. ROSANA APARECIDA DE PAIVA.</t>
   </si>
   <si>
     <t>11879</t>
   </si>
   <si>
     <t>Francisco Tuca 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11879/projeto_dec_leg_09_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11879/projeto_dec_leg_09_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. MARCIA HELENA BORA ALVES.</t>
   </si>
   <si>
     <t>11885</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11885/projeto_dec_leg_10_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11885/projeto_dec_leg_10_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA.  DULCE ANA DA SILVA BATISTUTE.</t>
   </si>
   <si>
     <t>11884</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11884/projeto_dec_leg_11_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11884/projeto_dec_leg_11_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. MARIA NILZA DE CASTRO GERALDO.</t>
   </si>
   <si>
     <t>11883</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11883/projeto_dec_leg_12_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11883/projeto_dec_leg_12_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. ELISÂNGELA MAZINI MAZIERO BREGANOLI.</t>
   </si>
   <si>
     <t>11882</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11882/projeto_dec_leg_13_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11882/projeto_dec_leg_13_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. FERNANDA MUSARRA CAGNONI.</t>
   </si>
   <si>
     <t>11880</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11880/projeto_dec_leg_14_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11880/projeto_dec_leg_14_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. MARIA ANGÉLICA GIROTTO SILVA.</t>
   </si>
   <si>
     <t>11881</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11881/projeto_dec_leg_15_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11881/projeto_dec_leg_15_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2019 Á SRA. SÔNIA MARIA CAIERO ULIAM.</t>
   </si>
   <si>
     <t>11927</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11927/projeto_decreto_legislativo_16_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11927/projeto_decreto_legislativo_16_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Parecer do Tribunal de Contas do Estado, relativo ao TC-2564/026/15 – Contas da Prefeitura Municipal de Mococa- Exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>11964</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11964/projeto_decreto_legislativo_17_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11964/projeto_decreto_legislativo_17_2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Mocoquense à Sra. Sebastiana Aparecida Viana, “Thina Viana”.</t>
   </si>
   <si>
     <t>11969</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11969/projeto_decreto_legislativo_18_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11969/projeto_decreto_legislativo_18_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ MOCOQUENSE Á SRA. RITA HELENA BARROSO ZANETTI.</t>
   </si>
   <si>
     <t>11968</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11968/projeto_decreto_legislativo_19_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11968/projeto_decreto_legislativo_19_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. JAIR APARECIDO AFONSO, "JENINHO".</t>
   </si>
   <si>
     <t>11967</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11967/projeto_decreto_legislativo_20_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11967/projeto_decreto_legislativo_20_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. BRUNO APARECIDO SOMAGGIO.</t>
   </si>
   <si>
     <t>11966</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11966/projeto_decreto_legislativo_21_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11966/projeto_decreto_legislativo_21_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. ANTONIO PEREIRA FILHO.</t>
   </si>
   <si>
     <t>11971</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. ALEXANDRE MAGNO ERLER.</t>
   </si>
   <si>
     <t>11972</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. DR. DJALMA MOREIRA GOMES JUNIOR.</t>
   </si>
   <si>
     <t>11973</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. PEDRO HENRIQUE SPAJARI.</t>
   </si>
   <si>
     <t>11974</t>
   </si>
@@ -3016,448 +3016,448 @@
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. JOÃO ROBERTO GOMES DE SOUZA.</t>
   </si>
   <si>
     <t>11976</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. MATHEUS DA COSTA SÁVIO LOPES.</t>
   </si>
   <si>
     <t>11977</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SR. THIAGO FRANCISCO MARTINS SERENO.</t>
   </si>
   <si>
     <t>12015</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Mocoquense à Sra. Rose Grandi.</t>
   </si>
   <si>
     <t>12773</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12773/projeto_decreto_legislativo_30_de_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12773/projeto_decreto_legislativo_30_de_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO MOCOQUENSE AO SR. EDILSON JOSÉ CARVALHO GOULART</t>
   </si>
   <si>
     <t>12793</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12793/projeto_decreto_legislativo_31_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12793/projeto_decreto_legislativo_31_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO DE MÉRITO" À SRA. VERA LÚCIA BENEVIDES.</t>
   </si>
   <si>
     <t>12952</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MOCOQUENSE AO SENHOR JOÃO AGRIPINO DA COSTA DORIA JUNIOR.</t>
   </si>
   <si>
     <t>13008</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13008/projeto_decreto_legislativo_33_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13008/projeto_decreto_legislativo_33_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. DÉBORA CRISTINA DE OLIVEIRA CLAUDINO.</t>
   </si>
   <si>
     <t>13009</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13009/projeto_decreto_legislativo_34_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13009/projeto_decreto_legislativo_34_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. MARIA FILOMENA LAURIA.</t>
   </si>
   <si>
     <t>13017</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13017/projeto_decreto_legislativo_35_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13017/projeto_decreto_legislativo_35_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. ROSA MUNIZ RIBEIRO BARISON.</t>
   </si>
   <si>
     <t>13014</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13014/projeto_decreto_legislativo_36_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13014/projeto_decreto_legislativo_36_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. MAGDA PALADINI ANGOTE MAGRI</t>
   </si>
   <si>
     <t>13006</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13006/projeto_decreto_legislativo_37_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13006/projeto_decreto_legislativo_37_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. ARLETE MARLI FRADE FERRAZ DIAS.</t>
   </si>
   <si>
     <t>13011</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13011/projeto_decreto_legislativo_38_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13011/projeto_decreto_legislativo_38_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. MARIA ANGÉLICA GIROTTO.</t>
   </si>
   <si>
     <t>13010</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13010/projeto_decreto_legislativo_39_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13010/projeto_decreto_legislativo_39_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. CARMEM LÚCIA FARACO RODRIGUES.</t>
   </si>
   <si>
     <t>13012</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13012/projeto_decreto_legislativo_40_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13012/projeto_decreto_legislativo_40_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. MARIA BERNADETE MARÇOLA BUENO.</t>
   </si>
   <si>
     <t>13003</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13003/projeto_decreto_legislativo_41_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13003/projeto_decreto_legislativo_41_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. MARTA HELENA GOMES DE SOUZA.</t>
   </si>
   <si>
     <t>13013</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13013/projeto_decreto_legislativo_42_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13013/projeto_decreto_legislativo_42_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. IRACILDA SANTOS.</t>
   </si>
   <si>
     <t>13004</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13004/projeto_decreto_leguslativo_43_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13004/projeto_decreto_leguslativo_43_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SR NAIDER TADEU PORCEL.</t>
   </si>
   <si>
     <t>13016</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13016/projeto_de_decreto_legislativo_44_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13016/projeto_de_decreto_legislativo_44_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SR JOSÉ CARLOS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>13005</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13005/projeto_decreto_legislativo_45_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13005/projeto_decreto_legislativo_45_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. RAPHAELA DE ALMEIDA LUZZI REIS.</t>
   </si>
   <si>
     <t>13007</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13007/projeto_decreto_legislativo_46_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13007/projeto_decreto_legislativo_46_2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE "RECONHECIMENTO AO MÉRITO" À SRA. RITA DE CÁSSIA FERREIRA SIQUELLI.</t>
   </si>
   <si>
     <t>13021</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020, Brasilino Antônio de Moraes, Caju , Daniel Girotto, Elias de Sisto 2017-2020, Josimar Alves Vieira 2017-2020, Mauro da Inca, Nei, Odair Dois Mil, Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13021/projeto_decreto_legislativo_47_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13021/projeto_decreto_legislativo_47_2019.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Mocoquense ao Senhor João Agripino da Costa Doria Junior.</t>
   </si>
   <si>
     <t>13151</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Benemérita à Sra. Andréia Aparecida Candido.</t>
   </si>
   <si>
     <t>11761</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11761/projeto_resolucao_001_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11761/projeto_resolucao_001_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1º DO ART.1º DA RESOLUÇÃO Nº03, DE 27 DE JUNHO DE 2017, QUE DISPÕE SOBRE A INSTITUIÇÃO E CONCESSÃO DE CARTÃO-ALIMENTAÇÃO AOS SERVIDORES DA CÂMARA MUNICIPAL DE MOCOCA.</t>
   </si>
   <si>
     <t>11899</t>
   </si>
   <si>
     <t>Institui a Semana de Informação e Conscientização sobre o Transtorno do Déficit de Atenção com Hiperatividade - TDAH na Câmara Municipal de Mococa.</t>
   </si>
   <si>
     <t>11900</t>
   </si>
   <si>
     <t>Cria a Comissão de Assuntos Relevantes para revisão do Regimento Interno da Câmara Municipal de Mococa.</t>
   </si>
   <si>
     <t>12754</t>
   </si>
   <si>
     <t>FIXA A RECEITA E ESTIMA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2020, NO ÂMBITO DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>12888</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12888/proj_res_005-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12888/proj_res_005-2019.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha “Agosto Lilás” no âmbito da Câmara Municipal de Mococa e dá outras providências.</t>
   </si>
   <si>
     <t>12889</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12889/proj_res_006-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12889/proj_res_006-2019.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha “Maio Laranja” no âmbito da Câmara Municipal de Mococa e dá outras providências.</t>
   </si>
   <si>
     <t>12877</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12877/resolucao_7_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12877/resolucao_7_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Regimento Interno – Resolução nº. 09/1992, e dá outras providências.</t>
   </si>
   <si>
     <t>12890</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12890/proj_res_008-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12890/proj_res_008-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Regimento Interno (Resolução nº. 09/1992).</t>
   </si>
   <si>
     <t>13058</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13058/projeto_resolucao_09_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13058/projeto_resolucao_09_2019.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO FINAL DA COMISSÃO ESPECIAL DE INQUÉRITO PELO ATO Nº 324/2018, COM O OBJETIVO DE APURAR FATOS RELATIVOS Á CONTRATAÇÃO DO INSTITUTO NACIONAL DE PESQUISA E GESTÃO EM SAÚDE - INSAÚDE PELA PREFEITURA MUNICIPAL DE MOCOCA, PARA A GESTÃO DA SAÚDE PÚBLICA MUNICIPAL, SUA EXECUÇÃO CONTRATUAL E A AUSÊNCIA DE REPASSES FINANCEIROS AQUELA ENTIDADE POR PARTE DA PREFEITURA.</t>
   </si>
   <si>
     <t>13144</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13144/projeto_resolucao_10_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13144/projeto_resolucao_10_2019.pdf</t>
   </si>
   <si>
     <t>Cria a Rede Legislativa de TV Digital e a Rede Legislativa de Rádio da Câmara Municipal de Mococa e dá outras providências.</t>
   </si>
   <si>
     <t>11756</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Dr. Felipe Niero Naufel</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11756/proposta_de_emenda__a_lei_organica_no01-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11756/proposta_de_emenda__a_lei_organica_no01-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO 3º, INCLUINDO OS INCISOS I ALÍNEAS "A" E "C" E INCISO II, ALÍNEAS "A" E "B" DO ART.139 DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12552</t>
   </si>
   <si>
     <t>Daniel Girotto, Brasilino Antônio de Moraes, Caju , Eduardo Barison 2017-2020, José Roberto Pereira, Luiz Braz Mariano, Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12552/proposta_de_emenda_lei_organica_2.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12552/proposta_de_emenda_lei_organica_2.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica do Município de Mococa para incluir o artigo 139-A – emendas impositivas individuais de Vereadores – e dá outras providências.</t>
   </si>
   <si>
     <t>12873</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12873/redacao_final_do_proj_de_lei_complementar_015-_l96FXhM.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12873/redacao_final_do_proj_de_lei_complementar_015-_l96FXhM.pdf</t>
   </si>
   <si>
     <t>Redação Final do Projeto de Lei Complementar 015/2019.</t>
   </si>
   <si>
     <t>13194</t>
   </si>
   <si>
     <t>SEM</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/subemenda_ao_pl_028-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/subemenda_ao_pl_028-2019.pdf</t>
   </si>
   <si>
     <t>Altere-se todas as expressões “escrutínio secreto” por “escrutínio aberto” em todo o projeto de lei nº 028/2019.</t>
   </si>
   <si>
     <t>12697</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12697/substititutivo_comissoes_pl_013-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12697/substititutivo_comissoes_pl_013-2019.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO “PROJETO DE LEI COMPLEMENTAR Nº 013, de 14 de maio de 2019” - Altera a Lei Complementar nº 496, de 09 de outubro de 2017, que dispõe sobre o zoneamento do município de Mococa e dá outras providências. De autoria da Comissão de Constituição, Justiça e Redação, biênio 2019/2020.</t>
   </si>
   <si>
     <t>12895</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12895/substitutivo_2-2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12895/substitutivo_2-2019.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Resolução nº 008/2019 - Dispõe sobre alteração no Regimento Interno (Resolução nº 09/1992).</t>
   </si>
   <si>
     <t>13195</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/substitutivo_loa_2020_-_cofc.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/substitutivo_loa_2020_-_cofc.pdf</t>
   </si>
   <si>
     <t>VETADO                          Substitutivo ao Projeto de Lei nº 037/2019 – Estima a RECEITA e fixa a DESPESA do município de MOCOCA para o ano de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>11757</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11757/veto_total.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11757/veto_total.pdf</t>
   </si>
   <si>
     <t>CRIA E REGULAMENTA AS DIRETRIZES DO FÓRUM MUNICIPAL DE EDUCAÇÃO DE MOCOCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12305</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12305/veto_no_02_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12305/veto_no_02_2019.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL APOSTO AO PROJETO DE LEI Nº 005/2019 - ALTERA A REDAÇÃO DO ART 4º, INCISO I, E REVOGA AS ALÍNEAS "A" E "B" DO INCISO I, DA LEI MUNICIPAL Nº 3.206, DE 03 DE JULHO DE 2001, QUE PREVÊ ÁREA MÍNIMA DO TERRENO PARA CONSTRUÇÃO DE POSTO DE ABASTECIMENTO.</t>
   </si>
   <si>
     <t>13213</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13213/veto_3_2019.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13213/veto_3_2019.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL Nº 03 2019 APOSTO AO SUBSTITUTIVO AO PROJETO DE LEI Nº 037/2019 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOCOCA PARA O ANO DE 2020  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13111</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13111/denuncia_contra_f._naufel_compressed.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13111/denuncia_contra_f._naufel_compressed.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM FACE DO PREFEITO MUNICIPAL FELIPE NIERO NAUFEL – Pede o recebimento da denúncia, a instauração de processo, e cassação do mandato de Prefeito Municipal._x000D_
 DENUNCIANTE: RENATO GRANITO DIAS.</t>
   </si>
   <si>
     <t>13125</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13125/denuncia_em_face_da_vereadora_elisangela.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13125/denuncia_em_face_da_vereadora_elisangela.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM FACE DA VEREADORA ELISÂNGELA MAZINI MAZIERO BREGANOLI – Pede a cassação do mandato de Vereadora._x000D_
 DENUNCIANTE: MÁRCIO CURVELO CHAVES e outros.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3765,68 +3765,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12829/emenda_1_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12830/emenda_2_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12831/emenda_5_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12898/emenda_ao_proj_resolucao_007-2019_barison.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13081/emenda_supressiva_ao_pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13126/emenda_2-2019_ao_pl_028_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13127/emenda_3-2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13128/emenda_4_2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13129/emenda_5_2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13130/emenda_6_2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/anexo_xi_rotated.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/anexo_x_rotated.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13210/emenda_43.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13211/emenda_cofc_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13212/emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11748/moc_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11749/moc_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11750/moc_3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11814/moc._04.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11815/moc._05.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11823/moc._06.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11839/moc._07.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11840/moc._08.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11841/moc._09.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11842/moc._10.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11868/moc._11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11869/moc._12.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11870/moc._13.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11871/moc._14.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11872/moc._15.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11873/moc._16.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11911/moc._17.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11912/moc._18.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11913/moc._19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11914/moc._20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11932/moc._21.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11933/moc._22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11934/moc._23.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11935/moc._24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11954/moc._25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11955/moc._26.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11981/moc._27.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11982/moc._28.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11983/moc._29.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11984/moc._30.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11985/moc._31.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11986/moc._32.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11987/moc._33.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12037/moc_34.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12047/moc._35.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12048/moc._36.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12067/moc._37.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12068/moc._38.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12195/moc.39.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12196/moc.40.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12197/moc.41.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12198/moc.42.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12199/moc.43.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12200/moc.44.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12223/moc.45.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12224/moc.46.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12226/moc.48.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12227/moc.49.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12228/moc.50.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12229/moc.51.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12230/moc.52.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12321/moc._54.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12322/moc._55.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12405/moc._57.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12406/moc._58.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12407/moc._59.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12408/moc._60.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12410/moc._61.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12468/moc._62.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12469/moc._63.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12470/moc._64.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12471/moc._65.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12472/moc._66.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12473/moc._67.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12500/moc._68.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12501/moc._69.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12502/moc._70.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12513/moc._71.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12514/moc._72.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12515/moc._73.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12516/moc._74.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12517/moc._75.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12518/moc._76.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12536/moc_77.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12537/moc_78.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12561/moc._79.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12562/moc._80.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12563/moc._81.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12564/moc._82.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12565/moc._83.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12566/moc._84.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12567/moc._85.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12568/moc._86.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12569/moc._87.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12570/moc._88.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12571/moc._89.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12572/moc._90.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12588/moc._91.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12589/moc._92.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12734/moc_93.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12735/moc_94.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12736/moc_95.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12737/moc_96.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12738/moc_97.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12739/moc_98.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12740/moc_99.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12741/moc_100.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12742/moc_101.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12743/moc_102.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12744/moc_103.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12745/moc_104.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12746/moc_105.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12747/moc_106.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12748/moc_107.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12749/moc_108.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12768/moc._109.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12769/moc._110.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12770/moc._111.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12786/moc._112.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12787/moc._113.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12788/moc._114.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12789/moc._115.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12790/moc._116.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12791/moc._117.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12792/moc._118.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12824/mocao_119.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12825/mocao_120.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12826/mocao_121.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12827/mocao_122.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12828/mocao_123.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12865/moc._124.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12866/moc._125.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12867/moc._126.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12868/moc._127.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12911/moc._128.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12912/moc._129.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12913/moc._130.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12914/moc._131.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12915/moc._132.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12916/moc._133.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12917/moc._134.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12918/moc._135.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12919/moc._136.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12920/moc._137.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12921/moc._138.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12942/moc._139.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12943/moc._140.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12944/moc._141.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12945/moc._142.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12946/moc._143.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12947/moc._144.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12948/moc._145.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12949/moc._146.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12964/moc._147.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12965/moc._148.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12966/moc._149.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13001/moc.__150.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13002/moc.__151.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13027/moc._152.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13028/moc._153.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13029/moc._154.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13030/moc._155.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13031/moc._156.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13051/moc._157.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13052/moc._158.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13053/moc._159.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13054/moc._160.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13055/moc._161.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13071/moc._162.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13072/moc._163.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13073/moc._164.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13074/moc._165.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13075/moc._166.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13076/moc._167.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13077/moc._168.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13078/moc._169.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13079/moc._170.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13080/moc._171.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/moc._172.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/moc._173.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/moc._174.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13105/moc._175.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13106/moc._176.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13107/moc._177.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13123/moc._178.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13124/moc._179.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13141/moc._180.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13172/moc._181.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/moc._182.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/moc._183.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/moc._184.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/moc._185.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/moc._186.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/moc._187.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13208/moc._188.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13209/moc._189.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13214/moc._190.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11789/parecer_balancete.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11937/parecer_barison_contas_maria_edna_2015.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12391/parecer_pelo_arquivamento_balancete_dez_2018.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13015/parecer_relatorio_da_cei_012018.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/16846/parecer_balancete_dezembro_2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11875/projeto_dec_leg_01_2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11876/projeto_dec_leg__02_2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11877/projeto_dec_leg_03_2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11878/projeto_dec_leg_04_2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11889/projeto_dec_leg_05_2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11888/projeto_dec_leg_07_2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11887/projeto_dec_leg_07_2019.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11879/projeto_dec_leg_09_2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11885/projeto_dec_leg_10_2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11884/projeto_dec_leg_11_2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11883/projeto_dec_leg_12_2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11882/projeto_dec_leg_13_2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11880/projeto_dec_leg_14_2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11881/projeto_dec_leg_15_2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11927/projeto_decreto_legislativo_16_2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11964/projeto_decreto_legislativo_17_2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11969/projeto_decreto_legislativo_18_2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11968/projeto_decreto_legislativo_19_2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11967/projeto_decreto_legislativo_20_2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11966/projeto_decreto_legislativo_21_2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12773/projeto_decreto_legislativo_30_de_2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12793/projeto_decreto_legislativo_31_2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13008/projeto_decreto_legislativo_33_2019.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13009/projeto_decreto_legislativo_34_2019.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13017/projeto_decreto_legislativo_35_2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13014/projeto_decreto_legislativo_36_2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13006/projeto_decreto_legislativo_37_2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13011/projeto_decreto_legislativo_38_2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13010/projeto_decreto_legislativo_39_2019.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13012/projeto_decreto_legislativo_40_2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13003/projeto_decreto_legislativo_41_2019.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13013/projeto_decreto_legislativo_42_2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13004/projeto_decreto_leguslativo_43_2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13016/projeto_de_decreto_legislativo_44_2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13005/projeto_decreto_legislativo_45_2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13007/projeto_decreto_legislativo_46_2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13021/projeto_decreto_legislativo_47_2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11761/projeto_resolucao_001_2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12888/proj_res_005-2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12889/proj_res_006-2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12877/resolucao_7_2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12890/proj_res_008-2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13058/projeto_resolucao_09_2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13144/projeto_resolucao_10_2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11756/proposta_de_emenda__a_lei_organica_no01-2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12552/proposta_de_emenda_lei_organica_2.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12873/redacao_final_do_proj_de_lei_complementar_015-_l96FXhM.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/subemenda_ao_pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12697/substititutivo_comissoes_pl_013-2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12895/substitutivo_2-2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/substitutivo_loa_2020_-_cofc.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11757/veto_total.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12305/veto_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13213/veto_3_2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13111/denuncia_contra_f._naufel_compressed.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13125/denuncia_em_face_da_vereadora_elisangela.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12829/emenda_1_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12830/emenda_2_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12831/emenda_5_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12898/emenda_ao_proj_resolucao_007-2019_barison.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13081/emenda_supressiva_ao_pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13126/emenda_2-2019_ao_pl_028_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13127/emenda_3-2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13128/emenda_4_2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13129/emenda_5_2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13130/emenda_6_2019_ao_pl_28_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13191/anexo_xi_rotated.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13192/anexo_x_rotated.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13210/emenda_43.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13211/emenda_cofc_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13212/emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11748/moc_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11749/moc_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11750/moc_3.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11814/moc._04.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11815/moc._05.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11823/moc._06.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11839/moc._07.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11840/moc._08.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11841/moc._09.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11842/moc._10.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11868/moc._11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11869/moc._12.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11870/moc._13.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11871/moc._14.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11872/moc._15.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11873/moc._16.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11911/moc._17.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11912/moc._18.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11913/moc._19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11914/moc._20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11932/moc._21.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11933/moc._22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11934/moc._23.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11935/moc._24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11954/moc._25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11955/moc._26.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11981/moc._27.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11982/moc._28.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11983/moc._29.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11984/moc._30.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11985/moc._31.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11986/moc._32.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11987/moc._33.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12037/moc_34.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12047/moc._35.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12048/moc._36.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12067/moc._37.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12068/moc._38.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12195/moc.39.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12196/moc.40.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12197/moc.41.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12198/moc.42.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12199/moc.43.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12200/moc.44.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12223/moc.45.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12224/moc.46.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12226/moc.48.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12227/moc.49.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12228/moc.50.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12229/moc.51.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12230/moc.52.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12321/moc._54.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12322/moc._55.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12405/moc._57.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12406/moc._58.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12407/moc._59.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12408/moc._60.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12410/moc._61.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12468/moc._62.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12469/moc._63.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12470/moc._64.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12471/moc._65.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12472/moc._66.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12473/moc._67.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12500/moc._68.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12501/moc._69.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12502/moc._70.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12513/moc._71.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12514/moc._72.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12515/moc._73.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12516/moc._74.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12517/moc._75.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12518/moc._76.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12536/moc_77.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12537/moc_78.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12561/moc._79.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12562/moc._80.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12563/moc._81.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12564/moc._82.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12565/moc._83.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12566/moc._84.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12567/moc._85.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12568/moc._86.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12569/moc._87.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12570/moc._88.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12571/moc._89.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12572/moc._90.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12588/moc._91.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12589/moc._92.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12734/moc_93.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12735/moc_94.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12736/moc_95.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12737/moc_96.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12738/moc_97.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12739/moc_98.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12740/moc_99.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12741/moc_100.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12742/moc_101.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12743/moc_102.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12744/moc_103.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12745/moc_104.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12746/moc_105.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12747/moc_106.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12748/moc_107.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12749/moc_108.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12768/moc._109.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12769/moc._110.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12770/moc._111.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12786/moc._112.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12787/moc._113.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12788/moc._114.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12789/moc._115.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12790/moc._116.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12791/moc._117.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12792/moc._118.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12824/mocao_119.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12825/mocao_120.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12826/mocao_121.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12827/mocao_122.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12828/mocao_123.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12865/moc._124.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12866/moc._125.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12867/moc._126.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12868/moc._127.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12911/moc._128.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12912/moc._129.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12913/moc._130.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12914/moc._131.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12915/moc._132.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12916/moc._133.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12917/moc._134.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12918/moc._135.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12919/moc._136.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12920/moc._137.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12921/moc._138.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12942/moc._139.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12943/moc._140.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12944/moc._141.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12945/moc._142.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12946/moc._143.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12947/moc._144.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12948/moc._145.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12949/moc._146.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12964/moc._147.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12965/moc._148.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12966/moc._149.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13001/moc.__150.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13002/moc.__151.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13027/moc._152.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13028/moc._153.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13029/moc._154.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13030/moc._155.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13031/moc._156.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13051/moc._157.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13052/moc._158.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13053/moc._159.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13054/moc._160.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13055/moc._161.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13071/moc._162.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13072/moc._163.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13073/moc._164.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13074/moc._165.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13075/moc._166.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13076/moc._167.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13077/moc._168.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13078/moc._169.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13079/moc._170.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13080/moc._171.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13092/moc._172.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13093/moc._173.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13094/moc._174.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13105/moc._175.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13106/moc._176.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13107/moc._177.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13123/moc._178.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13124/moc._179.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13141/moc._180.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13172/moc._181.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13185/moc._182.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13186/moc._183.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13187/moc._184.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13188/moc._185.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13189/moc._186.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13190/moc._187.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13208/moc._188.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13209/moc._189.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13214/moc._190.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11789/parecer_balancete.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11937/parecer_barison_contas_maria_edna_2015.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12391/parecer_pelo_arquivamento_balancete_dez_2018.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13015/parecer_relatorio_da_cei_012018.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/16846/parecer_balancete_dezembro_2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11875/projeto_dec_leg_01_2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11876/projeto_dec_leg__02_2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11877/projeto_dec_leg_03_2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11878/projeto_dec_leg_04_2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11889/projeto_dec_leg_05_2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11888/projeto_dec_leg_07_2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11887/projeto_dec_leg_07_2019.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11879/projeto_dec_leg_09_2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11885/projeto_dec_leg_10_2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11884/projeto_dec_leg_11_2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11883/projeto_dec_leg_12_2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11882/projeto_dec_leg_13_2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11880/projeto_dec_leg_14_2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11881/projeto_dec_leg_15_2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11927/projeto_decreto_legislativo_16_2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11964/projeto_decreto_legislativo_17_2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11969/projeto_decreto_legislativo_18_2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11968/projeto_decreto_legislativo_19_2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11967/projeto_decreto_legislativo_20_2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11966/projeto_decreto_legislativo_21_2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12773/projeto_decreto_legislativo_30_de_2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12793/projeto_decreto_legislativo_31_2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13008/projeto_decreto_legislativo_33_2019.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13009/projeto_decreto_legislativo_34_2019.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13017/projeto_decreto_legislativo_35_2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13014/projeto_decreto_legislativo_36_2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13006/projeto_decreto_legislativo_37_2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13011/projeto_decreto_legislativo_38_2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13010/projeto_decreto_legislativo_39_2019.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13012/projeto_decreto_legislativo_40_2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13003/projeto_decreto_legislativo_41_2019.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13013/projeto_decreto_legislativo_42_2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13004/projeto_decreto_leguslativo_43_2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13016/projeto_de_decreto_legislativo_44_2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13005/projeto_decreto_legislativo_45_2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13007/projeto_decreto_legislativo_46_2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13021/projeto_decreto_legislativo_47_2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11761/projeto_resolucao_001_2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12888/proj_res_005-2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12889/proj_res_006-2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12877/resolucao_7_2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12890/proj_res_008-2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13058/projeto_resolucao_09_2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13144/projeto_resolucao_10_2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11756/proposta_de_emenda__a_lei_organica_no01-2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12552/proposta_de_emenda_lei_organica_2.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12873/redacao_final_do_proj_de_lei_complementar_015-_l96FXhM.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13194/subemenda_ao_pl_028-2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12697/substititutivo_comissoes_pl_013-2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12895/substitutivo_2-2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13195/substitutivo_loa_2020_-_cofc.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/11757/veto_total.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/12305/veto_no_02_2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13213/veto_3_2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13111/denuncia_contra_f._naufel_compressed.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2019/13125/denuncia_em_face_da_vereadora_elisangela.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>