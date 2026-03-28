--- v0 (2025-12-06)
+++ v1 (2026-03-28)
@@ -54,135 +54,135 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13285</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t xml:space="preserve">Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13285/req._16.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13285/req._16.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal informações acerca de: 1- Quantos veterinários o Departamento de Saúde possui? 2- Quais são as suas atividades? 3- as ONGs de animais do município podem utilizar os serviços dos mesmos? Se não, o que justifica? 4- Em caso de negativa, seria possível que as ONGs utilizem este serviço? Este requerimento se justifica uma vez que estas ONGs passam por muitas dificuldades para atender aos inúmeros casos de animais com situação de abandono e maus tratos.</t>
   </si>
   <si>
     <t>13359</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Eduardo Barison 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13359/req._55.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13359/req._55.pdf</t>
   </si>
   <si>
     <t>Encaminha à Diretora do Departamento Municipal de Saúde o Plano de Contingência do Estado de São Paulo para Infecção Humana pelo novo Corona vírus (Documento anexo)</t>
   </si>
   <si>
     <t>13405</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t xml:space="preserve">Bim Taliberti 2017-2020, Caju , Daniel Girotto, Eduardo Barison 2017-2020, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Nei, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13405/req._74.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13405/req._74.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, através do Departamento de Saúde, informações a respeito das contratações do Instituto Social Saúde Resgate a Vida.</t>
   </si>
   <si>
     <t>13443</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13443/req._99.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13443/req._99.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, através do Departamento de Saúde, relatório dos depósitos das obrigações trabalhistas dos funcionários do Instituto Social Saúde Resgate à Vida.</t>
   </si>
   <si>
     <t>13445</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13445/req._101.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13445/req._101.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, Associação Comercial, Departamento de Saúde e Vigilância Sanitária, informações acerca do cumprimento das medidas impostas aos estabelecimentos comerciais durante a pandemia da Covid-19.</t>
   </si>
   <si>
     <t>14427</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14427/req._277.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14427/req._277.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Poder Executivo a respeito do quadro de funcionários do Serviço de Assistência Especializada em HIV/Aids, oferecido pelo Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>14645</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14645/req._377.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14645/req._377.pdf</t>
   </si>
   <si>
     <t>Solicita informações à Diretoria do Departamento Regional de Saúde (DRS XIV- São João da Boa Vista) acerca do Centro de Hemodiálise de Mococa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -489,68 +489,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13285/req._16.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13359/req._55.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13405/req._74.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13443/req._99.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13445/req._101.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14427/req._277.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14645/req._377.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13285/req._16.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13359/req._55.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13405/req._74.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13443/req._99.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13445/req._101.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14427/req._277.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14645/req._377.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>