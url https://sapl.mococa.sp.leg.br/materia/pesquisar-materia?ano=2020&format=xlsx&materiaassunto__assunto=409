--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -54,159 +54,159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13333</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13333/req._36.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13333/req._36.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito que notifique a empresa Google Brasil, para que esta providencie a implementação dos nomes de logradouros de loteamentos em seu aplicativo de geolocalização.</t>
   </si>
   <si>
     <t>13377</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Palhaço Pirulito</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13377/req_60_2020.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13377/req_60_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal informações acerca da possibilidade de implementação de uma Creche, uma UBS e uma Escola de Ensino Fundamental no Conjunto Habitacional Gildo Geraldo.</t>
   </si>
   <si>
     <t>13444</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t xml:space="preserve">Eduardo Barison 2017-2020, José Roberto Pereira, Mauro da Inca, Nei, Pelezinho da Circular, Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13444/req._100.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13444/req._100.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal implementar as ações necessárias para reabertura da Escola Municipal de Música "Euclydes Motta", conforme Lei 973, de 16 de junho de 1972.</t>
   </si>
   <si>
     <t>13565</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13565/req._119.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13565/req._119.pdf</t>
   </si>
   <si>
     <t>Requer do Exmo. Sr. Prefeito Municipal informações acerca da sinalização na Praça Marechal Deodoro, visando à identificação de irregularidades e implementação de eventuais melhorias e adequações.</t>
   </si>
   <si>
     <t>13754</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13754/req._187.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13754/req._187.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo informações acerca da viabilidade de empreender estudos e implementar projetos destinados a melhorias na infraestrutura do bairro Residencial Jardim Itália.</t>
   </si>
   <si>
     <t>13792</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13792/req._195.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13792/req._195.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo informações acerca da viabilidade de empreender estudos e implementar projetos destinados a melhorias na infraestrutura do bairro Residencial Jardim Botânico.</t>
   </si>
   <si>
     <t>14424</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14424/req._274.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14424/req._274.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Exmo. Sr. Vice-Governador e Secretário de Governo do Estado de São Paulo, Rodrigo Garcia, acerca da viabilidade de colaboração entre estes entes federativos, a fim de implementar Hospital Veterinário Público, no Município de Mococa/SP.</t>
   </si>
   <si>
     <t>14835</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t xml:space="preserve">Val Miranda </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14835/req._412.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14835/req._412.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal implementação de melhorias na pavimentação asfáltica na Av. Francisco José Dias Lima, altura do nº 185, Conjunto Habitacional Francisco Garófalo.</t>
   </si>
   <si>
     <t>14870</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14870/req_418_2020.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14870/req_418_2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo informações acerca da viabilidade de atuação junto ao Governo do Estado, visando implementar uma parceria ou transferência de posse, em relação ao prédio estadual localizado na Rua Capitão José Gomes, 288, Centro – a Casa de Agricultura, para a Prefeitura Municipal alocar setores interligados ao Departamento de Agricultura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,68 +513,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13333/req._36.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13377/req_60_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13444/req._100.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13565/req._119.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13754/req._187.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13792/req._195.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14424/req._274.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14835/req._412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14870/req_418_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13333/req._36.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13377/req_60_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13444/req._100.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13565/req._119.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13754/req._187.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13792/req._195.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14424/req._274.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14835/req._412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14870/req_418_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="92.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>