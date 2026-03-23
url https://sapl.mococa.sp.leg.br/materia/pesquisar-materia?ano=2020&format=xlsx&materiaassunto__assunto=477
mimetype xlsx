--- v0 (2026-01-30)
+++ v1 (2026-03-23)
@@ -54,252 +54,252 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13305</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Agimar Alves 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13305/pl_04_2020.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13305/pl_04_2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA NEYDE FRANZON GOMES A "RUA B" DO LOTEAMENTO JARDIM DOS FLAMBOYANTS.</t>
   </si>
   <si>
     <t>14915</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14915/plo_055_2020_009731.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14915/plo_055_2020_009731.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ALESSANDRA VIEIRA A "RUA PROJETADA 10" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14916</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Odair Dois Mil</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14916/plo_056_2020_009732.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14916/plo_056_2020_009732.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA NEY JOSÉ BENEDETTI A "RUA PROJETADA 14" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14918</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Elias de Sisto 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14918/plo_057_2020_009733.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14918/plo_057_2020_009733.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ALTAIR AFONSO A "RUA PROJETADA 13" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14920</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Daniel Girotto</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14920/plo_058_2020_009734.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14920/plo_058_2020_009734.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ANTÔNIO GIROTTO DE CASTRO A "RUA PROJETADA 04" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14922</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Nei</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14922/plo_059_2020_009735.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14922/plo_059_2020_009735.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MARIA EURIPEDES CAMILO GONÇALVES A "RUA PROJETADA 02" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14924</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14924/plo_060_2020_009736.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14924/plo_060_2020_009736.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA RUBENS TORRES A "RUA PROJETADA 07" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14925</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Bim Taliberti 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14925/plo_061_2020_009737.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14925/plo_061_2020_009737.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA BENEDITO MORAES A "RUA PROJETADA 12" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14926</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14926/plo_062_2020_009738.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14926/plo_062_2020_009738.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE TERMINAL ROQUE RAMALHO O TERMINAL URBANO DE MOCOCA.</t>
   </si>
   <si>
     <t>14927</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14927/plo_063_2020_009739.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14927/plo_063_2020_009739.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA RICARDO AUGUSTO DE FARIA A "RUA PROJETADA 01" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14981</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Pelezinho da Circular</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14981/plo_065_2020_0000064005.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14981/plo_065_2020_0000064005.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA LAUDELINO MISSENO A "RUA PROJETADA 15" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14982</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14982/plo_066_2020_0000064007.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14982/plo_066_2020_0000064007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA NELSON ALVES A "RUA PROJETADA 03" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14983</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t xml:space="preserve">Caju </t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14983/plo_067_2020_0000064009.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14983/plo_067_2020_0000064009.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA SEBASTIÃO MANOEL A "RUA PROJETADA 09" DO LOTEAMENTO JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14984</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Eduardo Barison 2017-2020</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14984/plo_068_2020_0000064015.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14984/plo_068_2020_0000064015.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA GERCIO MARQUEZINE A "RUA PROJETADA 08" DO LOTEAMENTO  JARDIM IMPERIAL.</t>
   </si>
   <si>
     <t>14985</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ANTONIO PASSARELLI ALONSO A "RUA A" DO LOTEAMENTO JARDIM DOS FLAMBOYANTS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -606,68 +606,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13305/pl_04_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14915/plo_055_2020_009731.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14916/plo_056_2020_009732.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14918/plo_057_2020_009733.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14920/plo_058_2020_009734.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14922/plo_059_2020_009735.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14924/plo_060_2020_009736.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14925/plo_061_2020_009737.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14926/plo_062_2020_009738.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14927/plo_063_2020_009739.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14981/plo_065_2020_0000064005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14982/plo_066_2020_0000064007.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14983/plo_067_2020_0000064009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14984/plo_068_2020_0000064015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/13305/pl_04_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14915/plo_055_2020_009731.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14916/plo_056_2020_009732.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14918/plo_057_2020_009733.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14920/plo_058_2020_009734.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14922/plo_059_2020_009735.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14924/plo_060_2020_009736.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14925/plo_061_2020_009737.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14926/plo_062_2020_009738.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14927/plo_063_2020_009739.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14981/plo_065_2020_0000064005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14982/plo_066_2020_0000064007.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14983/plo_067_2020_0000064009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2020/14984/plo_068_2020_0000064015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="105.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>