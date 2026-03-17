--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -54,192 +54,192 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16071</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Clayton Divino Boch</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16071/ind_297.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16071/ind_297.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a reserva legal de vaga de estacionamento, sem oneração, a pároco da circunscrição da Paróquia Nossa Senhora do Rosário.</t>
   </si>
   <si>
     <t>15191</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Brasilino Antônio de Moraes, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Nilton Cesar Greghi, Roseli Aparecida Faustino Batistuti</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15191/req_50.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15191/req_50.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Exmo. Sr. Prefeito acerca da reimplantação do estacionamento rotativo (Área Azul) no município.</t>
   </si>
   <si>
     <t>15882</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15882/req_363.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15882/req_363.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo demarcação de vagas para estacionamento de motocicletas, na rua XV de novembro, altura do nº 607, Centro.</t>
   </si>
   <si>
     <t>15915</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>Luís Fernando dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15915/req_385.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15915/req_385.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal a inclusão de logradouro que especifica, na área de Estacionamento Rotativo - Zona Azul.</t>
   </si>
   <si>
     <t>16015</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>Paulo Sérgio Miquelin</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16015/req_454.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16015/req_454.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Executivo possibilidade de alteração do horário de funcionamento do estacionamento rotativo - Área Azul, bem como isenção para motocicletas.</t>
   </si>
   <si>
     <t>16047</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>Nilton Cesar Greghi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16047/req_472.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16047/req_472.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Executivo informações acerca da prestação do serviço de estacionamento rotativo - Área Azul em Mococa.</t>
   </si>
   <si>
     <t>16178</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Priscila Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16178/req_524.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16178/req_524.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo informações acerca da execução da emenda impositiva nº 41 que destina recursos ao PSF “Antônio Carlos Massaro” para construção de estacionamento e melhorias na infraestrutura predial.</t>
   </si>
   <si>
     <t>16478</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16478/req_644.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16478/req_644.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo a regularização de estacionamento de veículos nas proximidades da "Feira da Mata".</t>
   </si>
   <si>
     <t>16995</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Adriana Perianez Ruiz, Clayton Divino Boch, Luís Fernando dos Santos, Paulo César Rodrigues dos Santos, Paulo Sérgio Miquelin, Priscila Gonçalves, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16995/req_857.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16995/req_857.pdf</t>
   </si>
   <si>
     <t>Solicita informações à Prefeitura Municipal sobre a reserva e a identificação de vaga de estacionamento para pessoas com deficiência em prédios públicos, sobretudo no perímetro do Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>17129</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17129/req_896.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17129/req_896.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, através do Departamento de Trânsito, atuação junto à gestora do sistema rotativo de estacionamento, com vistas à oferta de forma alternativa de pagamento, afora a via aplicativo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -546,68 +546,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16071/ind_297.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15191/req_50.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15882/req_363.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15915/req_385.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16015/req_454.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16047/req_472.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16178/req_524.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16478/req_644.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16995/req_857.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17129/req_896.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16071/ind_297.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15191/req_50.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15882/req_363.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15915/req_385.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16015/req_454.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16047/req_472.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16178/req_524.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16478/req_644.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16995/req_857.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17129/req_896.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="193.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>