--- v0 (2025-12-06)
+++ v1 (2026-03-28)
@@ -54,207 +54,207 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15205</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15205/ind_87.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15205/ind_87.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo as providências necessárias, visando oferecer maior segurança no trânsito da Rua José Bonifácio, altura do Nº 827, Centro.</t>
   </si>
   <si>
     <t>15642</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Clayton Divino Boch</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15642/ind_225.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15642/ind_225.pdf</t>
   </si>
   <si>
     <t>Indica à Chefia do Executivo tomada de providências, com relação a fenda sem proteção em via pública, na Rua Laércio Pereira, 649, Colina Verde.</t>
   </si>
   <si>
     <t>15700</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15700/ind_240.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15700/ind_240.pdf</t>
   </si>
   <si>
     <t>Indica à Chefia do Executivo tomada de providências, como relação a terreno particular em más condições de limpeza, na Rua Pernambuco.</t>
   </si>
   <si>
     <t>15778</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15778/ind_258.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15778/ind_258.pdf</t>
   </si>
   <si>
     <t>Indica à Chefia do Executivo tomada de providências, com relação a terreno particular em más condições de limpeza, na Rua Pernambuco.</t>
   </si>
   <si>
     <t>15352</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Luís Fernando dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15352/req_100.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15352/req_100.pdf</t>
   </si>
   <si>
     <t>Solicita esclarecimentos à concessionária RENOVIAS, quanto a necessidade de providências, visando a substituição de poste localizado na Rod. Pref. José André de Lima, altura do Km 276, que se encontra sob risco de queda iminente.</t>
   </si>
   <si>
     <t>15458</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15458/req_149.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15458/req_149.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo providências para via aberta irregularmente visando a passagem de veículos e animais de grande porte, na Rua Maranhão, Vila Santa Rosa.</t>
   </si>
   <si>
     <t>15616</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Priscila Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15616/req_237.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15616/req_237.pdf</t>
   </si>
   <si>
     <t>Reitera ao Poder Executivo informações com relação a providências necessárias à situação agravada de galeria pluvial em ruína, na Rua Osvaldo de Souza Dias.</t>
   </si>
   <si>
     <t>15801</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>José Antônio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15801/req_330.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15801/req_330.pdf</t>
   </si>
   <si>
     <t>Requer providências ao Poder Executivo com relação ao estado de abandono em que se encontram os banheiros públicos localizados na Praça Marechal Deodoro. (imagens anexas)</t>
   </si>
   <si>
     <t>15984</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15984/req_423.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15984/req_423.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Executivo tomada de providências quanto à falta de infraestruturas em logradouros que específica, localizados nas Chácaras Bela Vista. (fotos anexas)</t>
   </si>
   <si>
     <t>16824</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16824/req_748.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16824/req_748.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providências imediatas para evitar risco de degradação em prédio inativo da Unidade de Pronto Atendimento - UPA 24 horas.</t>
   </si>
   <si>
     <t>16977</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>Nilton Cesar Greghi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16977/req_839.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16977/req_839.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal a adoção das providências cabíveis quanto às condições insalubres de terreno particular próximo ao bairro Pôr do Sol.</t>
   </si>
   <si>
     <t>17088</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>Roseli Aparecida Faustino Batistuti</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17088/req_871.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17088/req_871.pdf</t>
   </si>
   <si>
     <t>Solicita providências à empresa que presta serviços à Cia Luz e Força de Mococa, que está fazendo a substituição dos postes nas imediações do bairro Jardim Nova Mococa, para que organize os cabos, porque está ficando largado, gerando sérios riscos de acidentes, inclusive arrebentando cabo de telefone.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -561,68 +561,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15205/ind_87.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15642/ind_225.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15700/ind_240.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15778/ind_258.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15352/req_100.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15458/req_149.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15616/req_237.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15801/req_330.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15984/req_423.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16824/req_748.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16977/req_839.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17088/req_871.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15205/ind_87.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15642/ind_225.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15700/ind_240.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15778/ind_258.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15352/req_100.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15458/req_149.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15616/req_237.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15801/req_330.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15984/req_423.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16824/req_748.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16977/req_839.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17088/req_871.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>