--- v0 (2025-12-06)
+++ v1 (2026-03-29)
@@ -54,255 +54,255 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15316</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo Sérgio Miquelin</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15316/ind_137.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15316/ind_137.pdf</t>
   </si>
   <si>
     <t>Indica, ao Exmo. Sr. Prefeito Municipal, a realização de Operação "Tapa-buracos" na estrada Mococa/Igaraí, bem como no território distrital.</t>
   </si>
   <si>
     <t>15386</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15386/ind_170.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15386/ind_170.pdf</t>
   </si>
   <si>
     <t>Indica à Administração Pública a execução dos serviços de recapeamento total, cumulado com os de "tapa-buracos" das vias do bairro Nenê  Pereira Lima.</t>
   </si>
   <si>
     <t>16114</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16114/ind_317.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16114/ind_317.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a inclusão no cronograma municipal de "Tapa-buracos" os bairros Nenê Pereira Lima, José Justi e Jardim Santa Maria.</t>
   </si>
   <si>
     <t>16204</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16204/ind_328.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16204/ind_328.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a urgência na realização dos serviços de "tapa-buracos", na Rua Ricardo Mônaco e na Avenida Transamazônica.</t>
   </si>
   <si>
     <t>16328</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16328/ind_381.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16328/ind_381.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a urgência na realização dos serviços de "tapa-buracos", na Rua Vicente Soares, defronte a Emeb "Vera Sandoval".</t>
   </si>
   <si>
     <t>16500</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16500/ind_417.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16500/ind_417.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal a necessidade dos serviços de “tapa-buracos” na Rua Antônio Rabelo Cysterna, cruzamento com a Rua Dr. Carlos Lima Dias.</t>
   </si>
   <si>
     <t>16740</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Nilton Cesar Greghi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16740/ind_447.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16740/ind_447.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal a necessidade dos serviços de “Tapa Buracos” em diversas vias do bairro José Justi.</t>
   </si>
   <si>
     <t>16794</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>Clayton Divino Boch</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16794/ind_450.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16794/ind_450.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal os serviços de “tapa-buracos” na Rua Maranhão, altura do nº 642, Vila Santa Rosa.</t>
   </si>
   <si>
     <t>16842</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16842/ind_455.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16842/ind_455.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal os serviços de “tapa buracos” na Rua Matheus Dário Andreoli, altura do nº 188, Jardim José Justi.</t>
   </si>
   <si>
     <t>16843</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16843/ind_456.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16843/ind_456.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal os serviços de “tapa buracos” na Rua Milton Gonçalves Dias, Conjunto Habitacional Nelson Niero, saída para o bairro Jardim Maziero.</t>
   </si>
   <si>
     <t>16957</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16957/ind_472.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16957/ind_472.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal os serviços de “tapa-buracos” na Rua Doutor Manoel Radamanto Figueiredo Ferraz, Jardim São Domingos.</t>
   </si>
   <si>
     <t>15356</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Adriana Perianez Ruiz</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15356/req_104.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15356/req_104.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Chefe do Executivo, com relação à viabilidade de realizar Operação "Tapa-Buracos" em toda a extensão do Distrito de São Benedito das Areias.</t>
   </si>
   <si>
     <t>15489</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15489/req_179.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15489/req_179.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo esclarecimentos quanto às gestões movidas que tenham por objeto a execução dos serviços de "tapa-buracos", em toda extensão do distrito de São Benedito das Areias.</t>
   </si>
   <si>
     <t>16223</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>José Antônio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16223/req_551.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16223/req_551.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal quanto à viabilidade de promover "Operação Tapa-Buracos" na Rua Maurício Marcicano, Residencial Samambaia. (imagens anexas)</t>
   </si>
   <si>
     <t>16236</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16236/req_564.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16236/req_564.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal quanto à viabilidade de promover "Operação Tapa-Buracos" na Rua Caetano Spadaro, altura do número 84, Residencial Samambaia.</t>
   </si>
   <si>
     <t>16947</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16947/req_822.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16947/req_822.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Prefeito Municipal informações sobre o cumprimento do cronograma de “tapa buracos” no município e disponibilidade de massa asfáltica para a execução dos serviços.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -609,68 +609,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15316/ind_137.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15386/ind_170.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16114/ind_317.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16204/ind_328.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16328/ind_381.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16500/ind_417.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16740/ind_447.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16794/ind_450.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16842/ind_455.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16843/ind_456.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16957/ind_472.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15356/req_104.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15489/req_179.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16223/req_551.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16236/req_564.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16947/req_822.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15316/ind_137.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15386/ind_170.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16114/ind_317.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16204/ind_328.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16328/ind_381.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16500/ind_417.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16740/ind_447.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16794/ind_450.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16842/ind_455.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16843/ind_456.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16957/ind_472.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15356/req_104.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15489/req_179.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16223/req_551.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16236/req_564.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16947/req_822.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="174.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>