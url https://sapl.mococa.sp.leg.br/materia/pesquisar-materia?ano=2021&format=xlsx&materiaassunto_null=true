--- v0 (2025-12-10)
+++ v1 (2026-03-28)
@@ -54,3994 +54,3994 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>17049</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t xml:space="preserve">Emenda </t>
   </si>
   <si>
     <t>José Antônio de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17049/emenda_impositiva_n_25_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17049/emenda_impositiva_n_25_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 25 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Estratégia Saúde da Família - ESF Sr. Antônio Carlos Massaro - do Bairro Francisco Garófalo.</t>
   </si>
   <si>
     <t>17052</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17052/emenda_impositiva_n_26_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17052/emenda_impositiva_n_26_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 26 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação de Pais e Amigos dos Excepcionais - APAE MOCOCA.</t>
   </si>
   <si>
     <t>17053</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17053/emenda_impositiva_n_27_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17053/emenda_impositiva_n_27_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 27 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação São Francisco.</t>
   </si>
   <si>
     <t>17055</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17055/emenda_impositiva_n_28_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17055/emenda_impositiva_n_28_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 28 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Irmandade Santa Casa de Misericórdia de Mococa.</t>
   </si>
   <si>
     <t>17056</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17056/emenda_impositiva_n_29_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17056/emenda_impositiva_n_29_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 29 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação Protetora de Animais São Francisco de Assis.</t>
   </si>
   <si>
     <t>17058</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17058/emenda_impositiva_n_30_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17058/emenda_impositiva_n_30_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 30 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Centro de Voluntariado de Mococa - Projeto Ana Lúcia.</t>
   </si>
   <si>
     <t>17060</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17060/emenda_impositiva_n_31_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17060/emenda_impositiva_n_31_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 31 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Lar Maria Imaculada.</t>
   </si>
   <si>
     <t>17061</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17061/emenda_impositiva_n_32_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17061/emenda_impositiva_n_32_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 32 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Lar dos Velhinhos Dr. Adolpho Barretto.</t>
   </si>
   <si>
     <t>17063</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Luís Fernando dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17063/emenda_impositiva_n_33_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17063/emenda_impositiva_n_33_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 33 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Irmandade Santa Casa de Misericórdia de Mococa.</t>
   </si>
   <si>
     <t>17064</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17064/emenda_impositiva_n_34_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17064/emenda_impositiva_n_34_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 34 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Centro de Desenvolvimento Social Artesanato.</t>
   </si>
   <si>
     <t>17065</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17065/emenda_impositiva_n_35_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17065/emenda_impositiva_n_35_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 35 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação Cristã São Francisco - Projeto Beija Flor.</t>
   </si>
   <si>
     <t>17066</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17066/emenda_impositiva_n_36_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17066/emenda_impositiva_n_36_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 36 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Grupo TUMM - Todos Unidos Mudaremos o Mundo.</t>
   </si>
   <si>
     <t>17068</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17068/emenda_impositiva_n_37_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17068/emenda_impositiva_n_37_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 37 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Centro de Voluntariado de Mococa - Projeto Ana Lúcia.</t>
   </si>
   <si>
     <t>17070</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Nilton Cesar Greghi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17070/emenda_impositiva_n_38_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17070/emenda_impositiva_n_38_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 38 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Irmandade de Santa Casa de Misericórdia de Mococa.</t>
   </si>
   <si>
     <t>17072</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17072/emenda_impositiva_n_39_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17072/emenda_impositiva_n_39_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 39 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação Protetora de Animais São Francisco de Assis.</t>
   </si>
   <si>
     <t>17073</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17073/emenda_impositiva_n_40_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17073/emenda_impositiva_n_40_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 40 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Centro de Desenvolvimento Social Artesanato.</t>
   </si>
   <si>
     <t>17022</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17022/emenda_impositiva_n_41_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17022/emenda_impositiva_n_41_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 41 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Lar Maria Imaculada.</t>
   </si>
   <si>
     <t>17023</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17023/emenda_impositiva_n_42_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17023/emenda_impositiva_n_42_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 42 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Núcleo de Atendimento Integrado - NAI - do Bairro Vila Santa Rosa.</t>
   </si>
   <si>
     <t>17025</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17025/emenda_impositiva_n_43_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17025/emenda_impositiva_n_43_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 43 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação Protetora de Animais São Francisco de Assis.</t>
   </si>
   <si>
     <t>17027</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17027/emenda_impositiva_n_44_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17027/emenda_impositiva_n_44_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 44 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação São Francisco.</t>
   </si>
   <si>
     <t>17028</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17028/emenda_impositiva_n_45_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17028/emenda_impositiva_n_45_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 45 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Lar dos Velhinhos Dr. Adolpho Barretto.</t>
   </si>
   <si>
     <t>17031</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Paulo Sérgio Miquelin</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17031/emenda_impositiva_n_46_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17031/emenda_impositiva_n_46_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 46 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Obras Sociais da Paróquia Santa Luzi - CAPS - Centro de Atenção Psicossocial - Saúde Mental.</t>
   </si>
   <si>
     <t>17033</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17033/emenda_impositiva_n_47_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17033/emenda_impositiva_n_47_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 47 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Lar dos Velhinhos Dr. Adolpho Barretto.</t>
   </si>
   <si>
     <t>17035</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17035/emenda_impositiva_n_48_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17035/emenda_impositiva_n_48_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 48 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Núcleo de Atendimento Integrado - NAI - do Distrito de São Benedito das Areais.</t>
   </si>
   <si>
     <t>17036</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17036/emenda_impositiva_n_49_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17036/emenda_impositiva_n_49_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 49 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Núcleo de Atendimento Integrado - NAI - do Distrito de Igaraí.</t>
   </si>
   <si>
     <t>17037</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Priscila Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17037/emenda_impositiva_n_50_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17037/emenda_impositiva_n_50_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 50 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Irmandade Santa Casa de Misericórdia de Mococa.</t>
   </si>
   <si>
     <t>17039</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17039/emenda_impositiva_n_51_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17039/emenda_impositiva_n_51_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 51 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação São Francisco.</t>
   </si>
   <si>
     <t>17041</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17041/emenda_impositiva_n_52_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17041/emenda_impositiva_n_52_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 52 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Obras Sociais da Paróquia Santa Luzia.</t>
   </si>
   <si>
     <t>17043</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Roseli Aparecida Faustino Batistuti</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17043/emenda_impositiva_n_53_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17043/emenda_impositiva_n_53_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 53 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Núcleo de Atendimento Integrado - NAI - do Bairro Nenê Pereira Lima.</t>
   </si>
   <si>
     <t>17044</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17044/emenda_impositiva_n_54_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17044/emenda_impositiva_n_54_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 54 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação de Pais e Amigos dos Excepcionais - APAE MOCOCA.</t>
   </si>
   <si>
     <t>17045</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17045/emenda_impositiva_n_55_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17045/emenda_impositiva_n_55_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 55 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Centro de Desenvolvimento Social Artesanato.</t>
   </si>
   <si>
     <t>17047</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17047/emenda_impositiva_n_56_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17047/emenda_impositiva_n_56_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 56 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Irmandade Santa Casa de Misericórdia de Mococa.</t>
   </si>
   <si>
     <t>17048</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17048/emenda_impositiva_n_57_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17048/emenda_impositiva_n_57_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 57 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Núcleo de Atendimento Integrado - NAI - Dr. Vital Dias Porto do Distrito de Igaraí.</t>
   </si>
   <si>
     <t>17050</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17050/emenda_impositiva_n_58_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17050/emenda_impositiva_n_58_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 58 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Núcleo de Atendimento Integrado - NAI - Augusto Trevisani - Distrito de São Benedito das Areias.</t>
   </si>
   <si>
     <t>17051</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17051/emenda_impositiva_n_59_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17051/emenda_impositiva_n_59_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 59 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Lar dos Velhinhos Dr. Adolpho Barretto.</t>
   </si>
   <si>
     <t>17054</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17054/emenda_impositiva_n_60_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17054/emenda_impositiva_n_60_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 60 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Grupo Arco-Íris.</t>
   </si>
   <si>
     <t>17057</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17057/emenda_impositiva_n_61_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17057/emenda_impositiva_n_61_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 61 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Associação dos Produtores Rurais de Mococa.</t>
   </si>
   <si>
     <t>17059</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17059/emenda_impositiva_n_62_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17059/emenda_impositiva_n_62_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva nº 62 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Corporação Musical Filarmônica Mocoquense.</t>
   </si>
   <si>
     <t>17062</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17062/emenda_modificativa_n_01_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17062/emenda_modificativa_n_01_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Departamento Municipal de Esportes, Recepção e Lazer.</t>
   </si>
   <si>
     <t>17067</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17067/emenda_modificativa_n_02_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17067/emenda_modificativa_n_02_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 02 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Departamento Municipal de Saúde - Zoonoses.</t>
   </si>
   <si>
     <t>17069</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Clayton Divino Boch</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17069/emenda_modificativa_n_03_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17069/emenda_modificativa_n_03_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 03 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Departamento de Segurança Pública.</t>
   </si>
   <si>
     <t>17071</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17071/emenda_modificativa_n_04_2021_ao_plo_n_108_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17071/emenda_modificativa_n_04_2021_ao_plo_n_108_2021.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 04 ao Projeto de Lei nº 108/2021. Fica suplementada a dotação da funcional programática, constante da tabela abaixo, para o exercício de 2022. Órgão entidade beneficiado: Irmandade de Santa Casa de Misericórdia de Mococa.</t>
   </si>
   <si>
     <t>16535</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16535/ind_426.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16535/ind_426.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal a necessidade de retirada de Padrão de Energia inoperante na Praça do Rosário.</t>
   </si>
   <si>
     <t>15086</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Adriana Perianez Ruiz, Brasilino Antônio de Moraes, Clayton Divino Boch, Elisângela Mazini Maziero Breganoli, Guilherme, José Antônio de Sousa, José Roberto Pereira, Luís Fernando dos Santos, Nilton Cesar Greghi, Paulo César Rodrigues dos Santos, Paulo Sérgio Miquelin, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15086/moc_01.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15086/moc_01.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Luiz Balduíno.</t>
   </si>
   <si>
     <t>15087</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15087/moc_02.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15087/moc_02.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor José Francisco Ribeiro (Chico Enfermeiro).</t>
   </si>
   <si>
     <t>15088</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15088/moc._03.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15088/moc._03.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES a Tintas MAZA, pelo seu 28º ano de fundação.</t>
   </si>
   <si>
     <t>15089</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15089/moc_05.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15089/moc_05.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Maria Gorete de Oliveira Britto.</t>
   </si>
   <si>
     <t>15155</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15155/moc_05.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15155/moc_05.pdf</t>
   </si>
   <si>
     <t>De Aplausos, como forma de reconhecimento, aos Senhores José Vicente, Esdras Vicente, Paulo Vicente e Claudinei Quilice, pela doação de Respiradores à Santa Casa de Mococa.</t>
   </si>
   <si>
     <t>15156</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15156/moc_06.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15156/moc_06.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Pastor Antônio Carlos de Almeida.</t>
   </si>
   <si>
     <t>15157</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15157/moc_07.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15157/moc_07.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Vera Lúcia Trindade Alves.</t>
   </si>
   <si>
     <t>15158</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15158/moc_08.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15158/moc_08.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS e AGRADECIMENTOS aos Reverendíssimos Senhores Padre Celso Abreu de Jesuz, Vigário Adriano Brito Maia e Padre Luís Antônio Penna, pelos relevantes serviços desempenhados à comunidade de fiéis, enquanto sacerdotes no município de Mococa.</t>
   </si>
   <si>
     <t>15159</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15159/moc_09.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15159/moc_09.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Silvio Baptista Bastos (Silvão).</t>
   </si>
   <si>
     <t>15160</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15160/moc_10.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15160/moc_10.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Regina Elena de Paula Souza.</t>
   </si>
   <si>
     <t>15161</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15161/moc_11.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15161/moc_11.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Rosângela de Fátima Fuschilo Faria.</t>
   </si>
   <si>
     <t>15162</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15162/moc_12.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15162/moc_12.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Dr. Rogério Duque Leite.</t>
   </si>
   <si>
     <t>15163</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Adriana Perianez Ruiz</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15163/moc_13.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15163/moc_13.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Darcy de Lima.</t>
   </si>
   <si>
     <t>15164</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15164/moc_14.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15164/moc_14.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Rosa Custódio de Souza.</t>
   </si>
   <si>
     <t>15165</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15165/moc_15.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15165/moc_15.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Tereza Batista Marcelo.</t>
   </si>
   <si>
     <t>15166</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15166/moc_16.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15166/moc_16.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Berta Alice Budahazy Pisani.</t>
   </si>
   <si>
     <t>15167</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15167/moc_17.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15167/moc_17.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao Sr. Américo Pereira Lima e Equipe do Departamento de Serviços Públicos da Prefeitura Municipal pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>15168</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15168/moc_18.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15168/moc_18.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao grupo de Handebol de Mococa que, além do esporte, vem realizando uma importante mobilização social no município.</t>
   </si>
   <si>
     <t>15169</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15169/moc_19.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15169/moc_19.pdf</t>
   </si>
   <si>
     <t>De Aplausos aos membros do “Grupo de Apoio à Prefeitura”, pelo relevante trabalho social realizado no município.</t>
   </si>
   <si>
     <t>15221</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15221/moc_20.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15221/moc_20.pdf</t>
   </si>
   <si>
     <t>De Congratulações ao Sr. Orlando Faria pela nomeação ao cargo de Secretário Municipal da Habitação da Cidade de São Paulo.</t>
   </si>
   <si>
     <t>15222</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15222/moc_21.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15222/moc_21.pdf</t>
   </si>
   <si>
     <t>De Agradecimentos ao Sr. Roger Willians, Chefe de Gabinete do Presidente da Assembleia Legislativa do Estado de São Paulo, Deputado Cauê Macris.</t>
   </si>
   <si>
     <t>15223</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15223/moc_22.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15223/moc_22.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Nair Bello Vieira.</t>
   </si>
   <si>
     <t>15224</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15224/moc_23.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15224/moc_23.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Carlos Eduardo de Souza.</t>
   </si>
   <si>
     <t>15225</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15225/moc_24.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15225/moc_24.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS e RECONHECIMENTO à Associação Comercial e Industrial de Mococa - ACIM, pela conquista em premiação através do Sebrae Aqui.</t>
   </si>
   <si>
     <t>15226</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15226/moc_25.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15226/moc_25.pdf</t>
   </si>
   <si>
     <t>de Profundo Pesar pelo falecimento do Senhor Orlando Honorato Silva, ex-vereador e ex-presidente da Associação de Bairro da Cohab II.</t>
   </si>
   <si>
     <t>15269</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15269/moc_26.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15269/moc_26.pdf</t>
   </si>
   <si>
     <t>Em AGRADECIMENTO ao Exmo. Sr. Deputado Estadual Luiz Fernando T. Ferreira, pela destinação de recursos ao Município de Mococa/SP.</t>
   </si>
   <si>
     <t>15270</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15270/moc_27-.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15270/moc_27-.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Lídia Licha de Campos.</t>
   </si>
   <si>
     <t>15271</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Brasilino Antônio de Moraes</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15271/moc_28-.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15271/moc_28-.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Maria Aparecida Iorio Soares.</t>
   </si>
   <si>
     <t>15272</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15272/moc_29-.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15272/moc_29-.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Antônio Lourival da Silva, carinhosamente conhecido como "Baianinho".</t>
   </si>
   <si>
     <t>15273</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15273/moc_30-.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15273/moc_30-.pdf</t>
   </si>
   <si>
     <t>De Profundo pesar pelo falecimento do Senhor Nelson Caixeta.</t>
   </si>
   <si>
     <t>15274</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15274/moc_31-.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15274/moc_31-.pdf</t>
   </si>
   <si>
     <t>De APOIO à Irmandade da Santa Casa de Misericórdia de Mococa, no que se refere ao recente corte de verbas promovido pelo Governo do Estado.</t>
   </si>
   <si>
     <t>15275</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15275/moc_32-.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15275/moc_32-.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelos falecimentos do Sr. José Martins Gomes e Sra. Maria Francisca Gomes</t>
   </si>
   <si>
     <t>15276</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15276/moc_33-.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15276/moc_33-.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Lupércio Fernando da Silva.</t>
   </si>
   <si>
     <t>15330</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Nilton Cesar Greghi, Clayton Divino Boch, Luís Fernando dos Santos, Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15330/moc_34.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15330/moc_34.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao treinador Jair Augusto Ferreira, da equipe Nova Geração.</t>
   </si>
   <si>
     <t>15331</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15331/moc_35.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15331/moc_35.pdf</t>
   </si>
   <si>
     <t>15369</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15369/moc_36.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15369/moc_36.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à UniFUNVIC pela inauguração de espaços educacionais destinados a novos cursos de Graduação e Pós-Graduação</t>
   </si>
   <si>
     <t>15370</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15370/moc_37.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15370/moc_37.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Antonio Zulli.</t>
   </si>
   <si>
     <t>15391</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15391/moc_38.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15391/moc_38.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS a ADECON, pela prestação de excelentes serviços a sociedade ao longo dos anos, representada pelo seu Presidente, Sr. GILSON ALOISIO DIAS.</t>
   </si>
   <si>
     <t>15450</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15450/moc_39.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15450/moc_39.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Natalino José de Moraes e da Senhora Tuchya Saito de Moraes.</t>
   </si>
   <si>
     <t>15451</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Clayton Divino Boch, Adriana Batista da Silva, Adriana Perianez Ruiz, Brasilino Antônio de Moraes, Elisângela Mazini Maziero Breganoli, Guilherme, José Antônio de Sousa, José Roberto Pereira, Luís Fernando dos Santos, Nilton Cesar Greghi, Paulo César Rodrigues dos Santos, Paulo Sérgio Miquelin, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15451/moc_40.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15451/moc_40.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS a Dra. Joanna Barreto Jones, coordenadora da Vigilância Epidemiológica de Mococa, pelos excelentes serviços prestados frente à instituição, em árdua atuação contra a Covid-19.</t>
   </si>
   <si>
     <t>15452</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15452/moc_41.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15452/moc_41.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Bispo Dom David Dias Pimentel.</t>
   </si>
   <si>
     <t>15509</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15509/moc_42.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15509/moc_42.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à 88ª Subseção da Ordem dos Advogados do Brasil – Mococa/SP, e seus advogados, pelo empenho em ajudar a Irmandade Santa Casa de Misericórdia Mococa.</t>
   </si>
   <si>
     <t>15510</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15510/moc_43.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15510/moc_43.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à Corporação Musical Filarmônica Mocoquense, pelo transcurso de seu 129° aniversário de fundação.</t>
   </si>
   <si>
     <t>15511</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15511/moc_44.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15511/moc_44.pdf</t>
   </si>
   <si>
     <t>De REPÚDIO às declarações feitas em redes sociais por munícipe, em desabono a função dos professores da rede municipal de ensino em época de pandemia e trabalho remoto.</t>
   </si>
   <si>
     <t>15512</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15512/moc_45.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15512/moc_45.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Rosalva Mazziero Marcilli.</t>
   </si>
   <si>
     <t>15513</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15513/moc_46.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15513/moc_46.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Maria Rita Cunali Figueiredo Lima.</t>
   </si>
   <si>
     <t>15514</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15514/moc_47.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15514/moc_47.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Daniel Marthins.</t>
   </si>
   <si>
     <t>15543</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15543/moc_48.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15543/moc_48.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Rodrigo Brisighello.</t>
   </si>
   <si>
     <t>15544</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15544/moc_49.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15544/moc_49.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Marcelo Brisighello Mesquita.</t>
   </si>
   <si>
     <t>15545</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15545/moc_50.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15545/moc_50.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Moacir Goes.</t>
   </si>
   <si>
     <t>15546</t>
   </si>
   <si>
     <t>Adriana Perianez Ruiz, Elisângela Mazini Maziero Breganoli, José Roberto Pereira, Paulo Sérgio Miquelin, Roseli Aparecida Faustino Batistuti</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15546/moc_51.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15546/moc_51.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e AGRADECIMENTOS ao nobre Deputado Estadual Alex de Madureira - PSD, pela conquista, junto ao Governo do Estado, de R$ 500 mil para reconstrução da UPA de Mococa.</t>
   </si>
   <si>
     <t>15584</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Priscila Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15584/moc_52.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15584/moc_52.pdf</t>
   </si>
   <si>
     <t>De Boas-vindas ao Reverendíssimo Padre Denis Aparecido Crivelari, incumbido da Paróquia de Santa Luzia, extensivo aos novos Diáconos.</t>
   </si>
   <si>
     <t>15585</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15585/moc_53.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15585/moc_53.pdf</t>
   </si>
   <si>
     <t>De Congratulações à Comunidade Paroquial Santa Luzia, por seu Jubileu de Pérola e 30 anos de instalação.</t>
   </si>
   <si>
     <t>15586</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15586/moc_54.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15586/moc_54.pdf</t>
   </si>
   <si>
     <t>De LOUVOR E RECONHECIMENTO ao SVO – Serviço de Verificação de Óbito de Mococa, pela excelência na prestação de serviço essencial a nossa população, especialmente nesta delicada fase pandêmica.</t>
   </si>
   <si>
     <t>15587</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15587/moc_55.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15587/moc_55.pdf</t>
   </si>
   <si>
     <t>De LOUVOR E RECONHECIMENTO à Funerária São Sebastião pela excelência na prestação de serviço essencial a nossa população, especialmente nesta delicada fase pandêmica.</t>
   </si>
   <si>
     <t>15588</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15588/moc_56.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15588/moc_56.pdf</t>
   </si>
   <si>
     <t>De LOUVOR E RECONHECIMENTO à Funerária Mococa pela excelência na prestação de serviço essencial a nossa população, especialmente nesta delicada fase pandêmica.</t>
   </si>
   <si>
     <t>15589</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15589/moc_57.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15589/moc_57.pdf</t>
   </si>
   <si>
     <t>De LOUVOR E RECONHECIMENTO a toda equipe do Cemitério Municipal, pela excelência na prestação de serviço essencial a nossa população, especialmente nesta delicada fase pandêmica.</t>
   </si>
   <si>
     <t>15590</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Paulo Sérgio Miquelin</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15590/moc_58.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15590/moc_58.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Senhor Aloísio Cossolino e demais colaboradores da "Vakinha Solidária", pelo esforço despendido na causa.</t>
   </si>
   <si>
     <t>15591</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15591/moc_59.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15591/moc_59.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do médico Dr. Ary Fernando Pelaquim.</t>
   </si>
   <si>
     <t>15656</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15656/moc_60.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15656/moc_60.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Raul Zamarian Filho.</t>
   </si>
   <si>
     <t>15710</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15710/moc_61.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15710/moc_61.pdf</t>
   </si>
   <si>
     <t>De Congratulações à Metalúrgica Inca pela passagem de seu aniversário de 72 anos de fundação.</t>
   </si>
   <si>
     <t>15711</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15711/moc_62.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15711/moc_62.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à Metalúrgica Inca, pela doação de 100 cestas básicas ao Fundo Social de Solidariedade de Mococa.</t>
   </si>
   <si>
     <t>15712</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15712/moc_63.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15712/moc_63.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao nobre Deputado Estadual Alex de Madureira, pela indicação de emendas parlamentares em prol da Santa Casa de Misericórdia de Mococa/SP.</t>
   </si>
   <si>
     <t>15781</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15781/moc_64.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15781/moc_64.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Walter Faraco.</t>
   </si>
   <si>
     <t>15782</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15782/moc_65.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15782/moc_65.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento da Senhora Neuza Aparecida Escudero Pelaquim.</t>
   </si>
   <si>
     <t>15783</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Priscila Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15783/moc_66.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15783/moc_66.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à Escola Estadual Barão de Monte Santo, pela passagem de seu aniversário de 120 anos de fundação.</t>
   </si>
   <si>
     <t>15784</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15784/moc_67.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15784/moc_67.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Agnaldo Siqueira Viana, presidente do Grupo Soitic.</t>
   </si>
   <si>
     <t>15785</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15785/moc_68.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15785/moc_68.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Excelentíssimo Senador da República Major Olimpio.</t>
   </si>
   <si>
     <t>15786</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15786/moc_69.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15786/moc_69.pdf</t>
   </si>
   <si>
     <t>De Aplauso, Gratidão e Reconhecimento ao Senhor Ricardo Alexandre Hilário, Diretor da Unidade de Mococa do Departamento Estadual  de Trânsito de São Paulo - DETRAN/SP, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>15826</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15826/moc_70.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15826/moc_70.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Carlos Francisco Lopes Salvador, carinhosamente conhecido por Carlinhos Salvador.</t>
   </si>
   <si>
     <t>15827</t>
   </si>
   <si>
     <t>Clayton Divino Boch, Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15827/moc_71.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15827/moc_71.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Romildo Aparecido Ubaldo.</t>
   </si>
   <si>
     <t>15828</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15828/moc_72.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15828/moc_72.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Yolanda de Castro Alves.</t>
   </si>
   <si>
     <t>15866</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15866/moc_73.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15866/moc_73.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Fundo Social de Solidariedade, pelo excelente trabalho realizado em prol dos munícipes mocoquenses neste momento de extrema fragilidade social.</t>
   </si>
   <si>
     <t>15867</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15867/moc_74.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15867/moc_74.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Deputado Estadual Itamar Borges, nomeado como novo Secretário de Agricultura e Abastecimento pelo Governo do Estado de São Paulo.</t>
   </si>
   <si>
     <t>15868</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Adriana Batista da Silva, Adriana Perianez Ruiz, Brasilino Antônio de Moraes, Clayton Divino Boch, Guilherme, José Antônio de Sousa, José Roberto Pereira, Luís Fernando dos Santos, Nilton Cesar Greghi, Paulo César Rodrigues dos Santos, Paulo Sérgio Miquelin, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15868/moc_75.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15868/moc_75.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Elton Aparecido Alves, funcionário público do município.</t>
   </si>
   <si>
     <t>15869</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15869/moc_76.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15869/moc_76.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Meritíssimo Dr. Paulo Marcos Vieira</t>
   </si>
   <si>
     <t>15870</t>
   </si>
   <si>
     <t>Adriana Batista da Silva</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15870/moc_77.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15870/moc_77.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Milton Ferreira dos Santos</t>
   </si>
   <si>
     <t>15871</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15871/moc_78.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15871/moc_78.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento da Senhora Helena de Camargo F. Miachon</t>
   </si>
   <si>
     <t>15872</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15872/moc_79.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15872/moc_79.pdf</t>
   </si>
   <si>
     <t>De Congratulações à Associação Esportiva Mocoquense, pelos 87 anos de fundação.</t>
   </si>
   <si>
     <t>15873</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15873/moc_80.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15873/moc_80.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Valdeci José Giglio.</t>
   </si>
   <si>
     <t>15874</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15874/moc_81.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15874/moc_81.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Joanes Pereira dos Santos.</t>
   </si>
   <si>
     <t>15875</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15875/moc_82.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15875/moc_82.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Exmo. Sr. Prefeito de São Paulo, Bruno Covas.</t>
   </si>
   <si>
     <t>15876</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15876/moc_83.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15876/moc_83.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à CPFL/Mococa pela disponibilidade de seus colaboradores em participar de reunião com representantes desta Casa de Leis, visando a apresentação de demandas e busca conjunta por soluções.</t>
   </si>
   <si>
     <t>15877</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15877/moc_84.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15877/moc_84.pdf</t>
   </si>
   <si>
     <t>De APOIO ao Projeto de Decreto Legislativo 22/2020, em tramitação na ALESP, dispondo sobre a suspensão dos efeitos do Decreto 65.201/2020, que institui descontos previdenciários no âmbito estadual.</t>
   </si>
   <si>
     <t>15905</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15905/moc_85.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15905/moc_85.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES aos profissionais da Enfermagem, pela passagem do Dia do(a) Enfermeiro(a), comemorado no dia 12 de maio.</t>
   </si>
   <si>
     <t>15906</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15906/moc_86.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15906/moc_86.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO aos profissionais do SAMU Regional de SJBV, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>15907</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15907/moc_87.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15907/moc_87.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento da Senhora Maria Izabel Amadio.</t>
   </si>
   <si>
     <t>15908</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15908/moc_88.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15908/moc_88.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES ao Excelentíssimo Sr. Promotor de Justiça da Infância e da Juventude Frederico Liserre Barruffini pelos excelentes serviços prestados à sociedade mocoquense.</t>
   </si>
   <si>
     <t>15944</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15944/moc_89.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15944/moc_89.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Célio de Moraes, pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>15945</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15945/moc_90.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15945/moc_90.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao ex-vereador Sr. José Rodrigues dos Santos (Pelé), pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>15946</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15946/moc_91.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15946/moc_91.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Luzia Caneschi.</t>
   </si>
   <si>
     <t>15947</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15947/moc_92.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15947/moc_92.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à nova diretoria da Loja Maçônica Solidariedade e Justiça.</t>
   </si>
   <si>
     <t>15948</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15948/moc_93.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15948/moc_93.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Benedicto Victor Siqueira.</t>
   </si>
   <si>
     <t>15949</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15949/moc_94.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15949/moc_94.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Salvador Aparecido da Silva.</t>
   </si>
   <si>
     <t>15975</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15975/moc_95.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15975/moc_95.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Geraldo Balbino dos Santos.</t>
   </si>
   <si>
     <t>15976</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15976/moc_96.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15976/moc_96.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Valdir Vieira de Paula.</t>
   </si>
   <si>
     <t>15977</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15977/moc_97.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15977/moc_97.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor José Roberto Balbino.</t>
   </si>
   <si>
     <t>15978</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15978/moc_98.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15978/moc_98.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Edith Estevão.</t>
   </si>
   <si>
     <t>15979</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15979/moc_99.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15979/moc_99.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Apparecido de Oliveira.</t>
   </si>
   <si>
     <t>15980</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15980/moc_100.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15980/moc_100.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Sr. Carlos Alberto Montanini.</t>
   </si>
   <si>
     <t>16021</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16021/moc_101.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16021/moc_101.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Jeferson Marinho de Sousa, popularment5e conhecido como Tiãozinho Borracheiro.</t>
   </si>
   <si>
     <t>16022</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16022/moc_102.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16022/moc_102.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Benedito Sérgio da Cruz, popularmente conhecido como Dito da Madalena.</t>
   </si>
   <si>
     <t>16023</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Adriana Perianez Ruiz, Clayton Divino Boch, Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16023/moc_103.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16023/moc_103.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Jarbas Longo.</t>
   </si>
   <si>
     <t>16024</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16024/moc_104.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16024/moc_104.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao senhor José da Silva (Sr. José Brolino) e à senhora Luzia Aparecida da Silva (Dona Teresa Brolino) pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>16025</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16025/moc_105.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16025/moc_105.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Manoel Cássio de Souza.</t>
   </si>
   <si>
     <t>16078</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16078/moc_106.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16078/moc_106.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO aos Policiais Militares pela excelência dos serviços prestados ao Município de Mococa.</t>
   </si>
   <si>
     <t>16079</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16079/moc_107.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16079/moc_107.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO à equipe de Policiais Militares de Mococa, pela rápida e decisiva atuação frente a ações criminosas na cidade.</t>
   </si>
   <si>
     <t>16080</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16080/moc_108.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16080/moc_108.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO à JMB/JBB Incorporações – proprietários José Augusto Gonzaga Barreto e Marina Gonzaga Barreto, e também ao colaborador Junior Mega.</t>
   </si>
   <si>
     <t>16081</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16081/moc_109.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16081/moc_109.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor João Bernadino de Souza.</t>
   </si>
   <si>
     <t>16082</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16082/moc_110.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16082/moc_110.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao Pierim Supermercados - Loja 1, pelo apoio prestado na Ação Solidária “Pão na Mesa”.</t>
   </si>
   <si>
     <t>16083</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16083/moc_111.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16083/moc_111.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao Pierim Supermercados - Loja 2, pelo apoio prestado na Ação Solidária “Pão na Mesa”.</t>
   </si>
   <si>
     <t>16084</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16084/moc_112.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16084/moc_112.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao Pierim Supermercados - Loja 3, pelo apoio prestado na Ação Solidária “Pão na Mesa”.</t>
   </si>
   <si>
     <t>16085</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16085/moc_113.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16085/moc_113.pdf</t>
   </si>
   <si>
     <t>De profundo Pesar pelo falecimento da Sra. Ivanir Marques Souza.</t>
   </si>
   <si>
     <t>16086</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16086/moc_114.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16086/moc_114.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Luiz Armando Trovó.</t>
   </si>
   <si>
     <t>16116</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Clayton Divino Boch, Elisângela Mazini Maziero Breganoli, Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16116/moc_115.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16116/moc_115.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor José Abgail de Carvalho, carinhosamente conhecido como Bida.</t>
   </si>
   <si>
     <t>16117</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16117/moc_116.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16117/moc_116.pdf</t>
   </si>
   <si>
     <t>De Aplausos e Reconhecimento à Senhora Vera Cagnoni, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16118</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16118/moc_117.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16118/moc_117.pdf</t>
   </si>
   <si>
     <t>De Aplausos aos policiais militares que especifica, pelos relevantes serviços prestados ao Município.</t>
   </si>
   <si>
     <t>16119</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16119/moc_118.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16119/moc_118.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Luclécio Prates.</t>
   </si>
   <si>
     <t>16120</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Paulo Sérgio Miquelin, Roseli Aparecida Faustino Batistuti</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16120/moc_119.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16120/moc_119.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao Tiro de Guerra de Mococa 02-022, através do Sargento Jaime Gonçalves dos Santos, pela movimentação de campanha beneficente.</t>
   </si>
   <si>
     <t>16121</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Adriana Perianez Ruiz, Elisângela Mazini Maziero Breganoli, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16121/moc_120.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16121/moc_120.pdf</t>
   </si>
   <si>
     <t>De RECONHECIMENTO à Sra. Maria de Fátima da Silva (Fatinha) e toda equipe do Cemitério Municipal, pela excelência na prestação de relevantes serviços à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16122</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Adriana Perianez Ruiz, Elisângela Mazini Maziero Breganoli</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16122/moc_121.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16122/moc_121.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor Diosmar Franzoni.</t>
   </si>
   <si>
     <t>16123</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16123/moc_122.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16123/moc_122.pdf</t>
   </si>
   <si>
     <t>De Aplausos e Reconhecimento ao grupo da "Vakinha" Solidária, por mais um êxito em suas campanhas, ao conquistar máscaras adaptadas.</t>
   </si>
   <si>
     <t>16124</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16124/moc_123.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16124/moc_123.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS aos organizadores da Carreata da Fé em louvor a Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>16125</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16125/moc_124.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16125/moc_124.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Djair Batista da Silva.</t>
   </si>
   <si>
     <t>16126</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16126/moc_125.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16126/moc_125.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO à Casa de Carnes São Domingos, pelo apoio prestado na Ação Solidária “Pão na Mesa”.</t>
   </si>
   <si>
     <t>16127</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16127/moc_126.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16127/moc_126.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao Supermercado São Domingos, pelo apoio prestado na Ação Solidária “Pão na Mesa”.</t>
   </si>
   <si>
     <t>16128</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16128/moc_127.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16128/moc_127.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO à Reginaldo Belarmino (Bar do Régis), pelo apoio prestado na Ação Solidária “Pão na Mesa”.</t>
   </si>
   <si>
     <t>16171</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16171/moc_128.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16171/moc_128.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Filomena Silva Brandão.</t>
   </si>
   <si>
     <t>16172</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16172/moc_129.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16172/moc_129.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS a Pedro Spajari, por sua honrosa participação nos Jogos Olímpicos do Japão.</t>
   </si>
   <si>
     <t>16213</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16213/moc_130.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16213/moc_130.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Maria Aparecida dos Santos.</t>
   </si>
   <si>
     <t>16260</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16260/moc_131.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16260/moc_131.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Vitória dos Santos Garófalo.</t>
   </si>
   <si>
     <t>16261</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16261/moc_132.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16261/moc_132.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Laboratório São Sebastião, pelos 41 anos de fundação.</t>
   </si>
   <si>
     <t>16262</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16262/moc_133.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16262/moc_133.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. João Pratali, popularmente conhecido como "Zinhão".</t>
   </si>
   <si>
     <t>16263</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16263/moc_134.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16263/moc_134.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Sr. Arnaldo dos Santos.</t>
   </si>
   <si>
     <t>16264</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Adriana Perianez Ruiz, Brasilino Antônio de Moraes, Clayton Divino Boch, Elisângela Mazini Maziero Breganoli, Guilherme, José Antônio de Sousa, José Roberto Pereira, Luís Fernando dos Santos, Paulo César Rodrigues dos Santos, Paulo Sérgio Miquelin, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16264/moc_135.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16264/moc_135.pdf</t>
   </si>
   <si>
     <t>de APLAUSOS a Nilton Cesar Greghi - nosso amigo vereador Professor Batata e demais fiéis pelo percurso do Caminho da Fé de Bicicleta até o Santuário Nacional de Aparecida/SP.</t>
   </si>
   <si>
     <t>16302</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16302/moc_136.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16302/moc_136.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Renato Camparoto.</t>
   </si>
   <si>
     <t>16303</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, José Roberto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16303/moc_137.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16303/moc_137.pdf</t>
   </si>
   <si>
     <t>Moção de profundo pesar pelo falecimento da Sra. Anete Benedita Martins Galvani.</t>
   </si>
   <si>
     <t>16335</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16335/moc_138.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16335/moc_138.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Marcos Roberto dos Reis Serafim.</t>
   </si>
   <si>
     <t>16336</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16336/moc_139.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16336/moc_139.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS Unesp - Universidade Estadual Paulista Júlio de Mesquita Filho, pela realização de estudos e descobertas de suma importância para alavancar o desenvolvimento de medicamentos contra a Covid-19.</t>
   </si>
   <si>
     <t>16337</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16337/moc_140.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16337/moc_140.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao professor e pesquisador Eduardo Maffud Cilli, pela realização de estudos e descobertas de suma importância para alavancar o desenvolvimento de medicamentos contra a Covid-19.</t>
   </si>
   <si>
     <t>16338</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16338/moc_141_019369.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16338/moc_141_019369.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à fisiculturista Giovanna Loyola, pela vitória, em três categorias, no torneio de Fisiculturismo Bahia Super Show 2021.</t>
   </si>
   <si>
     <t>16339</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Adriana Perianez Ruiz, Clayton Divino Boch, Elisângela Mazini Maziero Breganoli, Guilherme, Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16339/moc_142.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16339/moc_142.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora             _x000D_
 Elaine Cristine de Carvalho.</t>
   </si>
   <si>
     <t>16340</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16340/moc_143.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16340/moc_143.pdf</t>
   </si>
   <si>
     <t>De Congratulações à 3ª Cia do 24º BPM/I, pela passagem do Dia do Soldado, comemorado em 25 de agosto.</t>
   </si>
   <si>
     <t>16341</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16341/moc_144.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16341/moc_144.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao amigo Adrian Almeida dos Reis, pela crucial colaboração e articulação junto a importantes agentes políticos, em prol do nosso município.</t>
   </si>
   <si>
     <t>16342</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16342/moc_145.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16342/moc_145.pdf</t>
   </si>
   <si>
     <t>De Aplausos e Agradecimentos ao Corpo de Bombeiros de Mococa, por seus serviços prestados à comunidade, diante da temporada de queimadas.</t>
   </si>
   <si>
     <t>16343</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16343/moc_146.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16343/moc_146.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES ao Sr. Pedro Geraldo Canesqui pelo Dia do Feirante, comemorado em 25 de agosto.</t>
   </si>
   <si>
     <t>16344</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16344/moc_147.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16344/moc_147.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES ao Sr. Marcos Carlos Moraes pelo Dia do Feirante, comemorado em 25 de agosto.</t>
   </si>
   <si>
     <t>16345</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16345/moc_148.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16345/moc_148.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento da Senhora Izordina Franzoni.</t>
   </si>
   <si>
     <t>16346</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16346/moc_149.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16346/moc_149.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento do Senhor João Pratali.</t>
   </si>
   <si>
     <t>16347</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16347/moc_150.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16347/moc_150.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Antônio Morais de Oliveira.</t>
   </si>
   <si>
     <t>16398</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16398/moc_151.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16398/moc_151.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Centro de Voluntariado de Mococa, pelos 16 anos de fundação.</t>
   </si>
   <si>
     <t>16399</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16399/moc_152.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16399/moc_152.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES ao nobre colega Nilton César Greghi pelo 13º aniversário do "Batata Hidroginástica".</t>
   </si>
   <si>
     <t>16400</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16400/moc_153.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16400/moc_153.pdf</t>
   </si>
   <si>
     <t>De Congratulações ao Tiro de Guerra TG 02-022 Mococa, pela passagem do Dia do Soldado, comemorado em 25 de agosto.</t>
   </si>
   <si>
     <t>16401</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16401/moc_154.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16401/moc_154.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO à nobre Deputada Federal Katia Sastre pela administração de emenda parlamentar ao município de Mococa/SP.</t>
   </si>
   <si>
     <t>16402</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16402/moc_155.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16402/moc_155.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao nobre Deputado Barros Munhoz pela destinação de emenda parlamentar ao município de Mococa/SP.</t>
   </si>
   <si>
     <t>16403</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16403/moc_156.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16403/moc_156.pdf</t>
   </si>
   <si>
     <t>Moção de profundo pesar pelo falecimento do Sr. Norberto Garib, ex-vereador desta Casa Legislativa.</t>
   </si>
   <si>
     <t>16404</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16404/moc_157.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16404/moc_157.pdf</t>
   </si>
   <si>
     <t>De Profundo Pesar pelo falecimento da Senhora Eliana Ravelli.</t>
   </si>
   <si>
     <t>16405</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16405/moc_158.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16405/moc_158.pdf</t>
   </si>
   <si>
     <t>Moção de profundo pesar pelo falecimento da Sra. Andrea Rossi.</t>
   </si>
   <si>
     <t>16406</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16406/moc_159.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16406/moc_159.pdf</t>
   </si>
   <si>
     <t>De Aplausos e Reconhecimento à Olaria da Guardinha, pelos relevantes serviços de limpeza prestados ao município.</t>
   </si>
   <si>
     <t>16426</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16426/moc_160.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16426/moc_160.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO ao Departamento Municipal de Agricultura, Abastecimento e Meio Ambiente, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16427</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16427/moc_161.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16427/moc_161.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO ao Departamento Municipal de Obras e Serviços Públicos, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16428</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16428/moc_162.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16428/moc_162.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO à Psicóloga Vanessa Rezende Parisi Kawagoe, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16429</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16429/moc_163.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16429/moc_163.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Sra. Maria Rita Lourenço Balan.</t>
   </si>
   <si>
     <t>16430</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16430/moc_164.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16430/moc_164.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Francisco Alves da Silva.</t>
   </si>
   <si>
     <t>16431</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16431/moc_165.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16431/moc_165.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Osvaldo Charallo.</t>
   </si>
   <si>
     <t>16432</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16432/moc_166.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16432/moc_166.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à Aloisio Cossolino pelo inestimável empenho e apoio prestado à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16433</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16433/moc_167.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16433/moc_167.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora  Maria Leonor Barretto Mollo Garcia de Figueiredo, carinhosamente conhecida como Nonô.</t>
   </si>
   <si>
     <t>16464</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16464/moc_168.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16464/moc_168.pdf</t>
   </si>
   <si>
     <t>de CONGRATULAÇÕES ao mocoquense Dr. Ralph Melles Sticca e Filipe Casellato Scabora pela organização e lançamento do livro “AGRONEGÓCIO SEM FRONTEIRAS”.</t>
   </si>
   <si>
     <t>16465</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16465/moc_169.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16465/moc_169.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Helton Fagner Vitor.</t>
   </si>
   <si>
     <t>16466</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16466/moc_170.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16466/moc_170.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à cidade de Guaranésia-MG, pelos 119 anos de Fundação.</t>
   </si>
   <si>
     <t>16467</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16467/moc_171.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16467/moc_171.pdf</t>
   </si>
   <si>
     <t>De APLAUSO à Funerária Mococa pelos 25 anos de excelência na prestação de serviço a nossa população.</t>
   </si>
   <si>
     <t>16468</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16468/moc_172.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16468/moc_172.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Diretor do Departamento do Pátio Municipal de Serviços, Claudinei Florêncio Gonçalves, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16469</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16469/moc_173.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16469/moc_173.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao servidor Waltinho, do Departamento de Serviços Públicos, pelo trabalho ímpar desenvolvido em benefício dos nossos munícipes.</t>
   </si>
   <si>
     <t>16470</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16470/moc_174.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16470/moc_174.pdf</t>
   </si>
   <si>
     <t>De Aplausos ao Diretor do Departamento de Serviços Públicos, Sr. Américo Pereira Lima, pelo trabalho ímpar desenvolvido em nosso município.</t>
   </si>
   <si>
     <t>16471</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16471/moc_175.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16471/moc_175.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao atleta mocoquense Antonio Pereira por suas conquistas no Campeonato Paulista de Powerlifting e Supino - 2021.</t>
   </si>
   <si>
     <t>16472</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16472/moc_176.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16472/moc_176.pdf</t>
   </si>
   <si>
     <t>De APLAUSO e AGRADECIMENTO aos trabalhadores da Saúde que prestam serviço na Unidade de Pronto Atendimento de Mococa.</t>
   </si>
   <si>
     <t>16473</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16473/moc_177.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16473/moc_177.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS aos profissionais que atuam na promoção da saúde mental e na prevenção ao suicídio, em prol da sociedade mocoquense.</t>
   </si>
   <si>
     <t>16508</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>José Antônio de Sousa, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16508/moc_178.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16508/moc_178.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Corpo de Bombeiros de Mococa pela excelência na prestação de serviços à sociedade mocoquense.</t>
   </si>
   <si>
     <t>16509</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16509/moc_179.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16509/moc_179.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Jorge de Faria.</t>
   </si>
   <si>
     <t>16510</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16510/moc_180.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16510/moc_180.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Sebastião Aparecido Madeira.</t>
   </si>
   <si>
     <t>16511</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16511/moc_181.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16511/moc_181.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à jovem nadadora Ana Laura Pedreschi Wehbe, pela primeira colocação no Torneio Regional Pré-Mirim a Sênior 5ª Região.</t>
   </si>
   <si>
     <t>16546</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16546/moc_182.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16546/moc_182.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO ao Departamento Municipal de Esportes, Recreação e Lazer, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16547</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16547/moc_183.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16547/moc_183.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO ao Setor de Engenharia da Prefeitura Municipal de Mococa, pelos relevantes serviços prestados à comunidade mocoquense.</t>
   </si>
   <si>
     <t>16548</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16548/moc_184.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16548/moc_184.pdf</t>
   </si>
   <si>
     <t>De Aplausos e Congratulações à Luiz Sérgio Boarati, pela longa carreira dedicada ao município de Mococa.</t>
   </si>
   <si>
     <t>16549</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16549/moc_185.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16549/moc_185.pdf</t>
   </si>
   <si>
     <t>De APOIO ao Projeto de Lei Complementar n.º 52, de 2019, de autoria da Deputada Letícia Aguiar, que altera a Lei Complementar n.º 1.291, de 22 de julho de 2016, que institui a Lei de Ingresso na Polícia Militar do Estado de São Paulo e dá providências correlatas.</t>
   </si>
   <si>
     <t>16550</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16550/moc_186.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16550/moc_186.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à equipe de salvamento do SAMU que atuou no resgate de uma criança de dois anos, vítima de engasgamento, no município de Mococa.</t>
   </si>
   <si>
     <t>16551</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16551/moc_187.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16551/moc_187.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à equipe do Instituto Cultural “Zé Barbino”, em razão de seu primoroso trabalho em prol da memória e da história de Mococa.</t>
   </si>
   <si>
     <t>16575</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Adriana Perianez Ruiz, Brasilino Antônio de Moraes, Clayton Divino Boch, Elisângela Mazini Maziero Breganoli, Guilherme, José Antônio de Sousa, José Roberto Pereira, Nilton Cesar Greghi, Paulo César Rodrigues dos Santos, Paulo Sérgio Miquelin, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16575/moc_188.2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16575/moc_188.2021.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Professora Elenir Lopes Burrone de Freitas.</t>
   </si>
   <si>
     <t>16576</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16576/moc_189.2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16576/moc_189.2021.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Sebastião José Damasceno, carinhosamente conhecido como Mata.</t>
   </si>
   <si>
     <t>16577</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16577/moc_190.2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16577/moc_190.2021.pdf</t>
   </si>
   <si>
     <t>De Congratulações à Guarda Civil Municipal - GCM, pelos 37 anos de sua instituição.</t>
   </si>
   <si>
     <t>16578</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16578/moc_191.2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16578/moc_191.2021.pdf</t>
   </si>
   <si>
     <t>De Congratulações ao lar dos Velhinhos Adolpho Barreto, Pelos 100 anos de fundação.</t>
   </si>
   <si>
     <t>16799</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16799/moc_192.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16799/moc_192.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Sra. Renata Firmino pela dedicação e engajamento na organização da Festa do Dia das Crianças, realizada no bairro da Vila Santa Rosa.</t>
   </si>
   <si>
     <t>16800</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16800/moc_193.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16800/moc_193.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à empresa "Fábio Turismo" na pessoa de seu proprietário, Sr. Fábio Fávero, pela excelência dos serviços prestados ao município e engajamento em causas sociais.</t>
   </si>
   <si>
     <t>16801</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16801/moc_194.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16801/moc_194.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à empresa "Tiago Calhas" na pessoa de seu proprietário, Sr. Tiago José Peixeiro, pela excelência dos serviços prestados ao município e engajamento em causas sociais.</t>
   </si>
   <si>
     <t>16802</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16802/moc_195.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16802/moc_195.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Luciano Jesuel da Conceição.</t>
   </si>
   <si>
     <t>16803</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16803/moc_196.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16803/moc_196.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à empresa "Leão Diesel Elétrico" na pessoa de seu proprietário, Sr. João Moreira da Silva, pela excelência dos serviços prestados ao município e engajamento em causas sociais.</t>
   </si>
   <si>
     <t>16804</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16804/moc_197.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16804/moc_197.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao atleta mocoquense Alexandre Soares pela conquista de 22 medalhas no “Circuito Amigos da Natação”, temporada de 2019.</t>
   </si>
   <si>
     <t>16844</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16844/moc_198.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16844/moc_198.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e AGRADECIMENTOS ao Ilustríssimo Senhor Ítalo Maziero pela doação da tinta utilizada na pintura da Igreja Matriz Santa Luzia.</t>
   </si>
   <si>
     <t>16845</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16845/moc_199.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16845/moc_199.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e AGRADECIMENTOS à empresa Maza Produtos Químicos pela doação da tinta utilizada na pintura da Igreja Matriz Santa Luzia.</t>
   </si>
   <si>
     <t>16895</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16895/moc_200.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16895/moc_200.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Santa Casa de Mococa pelo recebimento de placa de reconhecimento concedida pelo 5º CONSINDHOSFIL.</t>
   </si>
   <si>
     <t>16931</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16931/moc_201.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16931/moc_201.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à empresa Mococa S/A, pela doação de produtos alimentícios à Casa de Acolhimento de Barretos.</t>
   </si>
   <si>
     <t>16932</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16932/moc_202.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16932/moc_202.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Reverendíssimo Padre Luciano Muterle Guidi pelos relevantes serviços prestados à comunidade enquanto Pároco da Paróquia São Benedito, no Distrito de São Benedito das Areias.</t>
   </si>
   <si>
     <t>16933</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16933/moc_203.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16933/moc_203.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao Paulo Elias Vicente, Diretor da Aluminox Equipamentos Industriais Ltda, em razão de seu apoio à Folia de Reis mocoquense.</t>
   </si>
   <si>
     <t>16960</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16960/moc_204.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16960/moc_204.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO à Reginaldo Belarmino (Bar do Régis), pelo apoio prestado no Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>16961</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16961/moc_205.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16961/moc_205.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO à Cassio Demarco (Bar do Cassim), pelo apoio prestado no Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>16962</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16962/moc_206.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16962/moc_206.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à Associação das Folias de Reis de Mococa – AFOREM pelo brilhante e memorável Encontro de Folia de Reis promovido no último 21 de novembro.</t>
   </si>
   <si>
     <t>16963</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16963/moc_207.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16963/moc_207.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Pascoal Miranda.</t>
   </si>
   <si>
     <t>16964</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16964/moc_208.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16964/moc_208.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do pequeno Pedro Henrique Melo.</t>
   </si>
   <si>
     <t>17001</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17001/moc_209.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17001/moc_209.pdf</t>
   </si>
   <si>
     <t>De LOUVOR ao Excelentíssimo Senhor Tarcísio Gomes de Freitas pelo notável trabalho desenvolvido a frente do Ministério da Infraestrutura do Governo Jair Bolsonaro.</t>
   </si>
   <si>
     <t>17002</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17002/moc_210.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17002/moc_210.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao amigo Boleiro, da Adega Ponto Certo de Igaraí, pelo apoio prestado ao Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>17003</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17003/moc_211.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17003/moc_211.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao amigo Michel, do Carvão Denka de Igaraí, pelo apoio prestado ao Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>17004</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17004/moc_212.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17004/moc_212.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao amigo Alcyr Carlos de Souza, da Papelaria do Alcyr, pelo apoio prestado ao Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>17005</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Elisângela Mazini Maziero Breganoli, Paulo Sérgio Miquelin, Priscila Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17005/moc_213.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17005/moc_213.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora Cristiane Ghidelli Corrêa.</t>
   </si>
   <si>
     <t>17094</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Thiago José Colpani, Adriana Batista da Silva, Adriana Perianez Ruiz, José Roberto Pereira, Luís Fernando dos Santos, Nilton Cesar Greghi</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17094/moc_214.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17094/moc_214.pdf</t>
   </si>
   <si>
     <t>Moção de Protesto ao Governador do Estado de São Paulo, ao Secretário de Desenvolvimento Regional e ao Presidente da Alesp, para que concedam reposição salarial e aumento real de salário para as Forças de Segurança Pública do Estado de São Paulo.</t>
   </si>
   <si>
     <t>17095</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17095/moc_215.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17095/moc_215.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Antônio Paráclito Gonçalves Taques, carinhosamente conhecido como Tonhão.</t>
   </si>
   <si>
     <t>17096</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17096/moc_216.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17096/moc_216.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento do Senhor Marcos Dias Cunali.</t>
   </si>
   <si>
     <t>17097</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17097/moc_217.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17097/moc_217.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO à Casa de Carnes Berti, pelo apoio prestado ao Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>17098</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17098/moc_218.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17098/moc_218.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao amigo Ricardo Loyola, do Ki Filé Peixes, pelo apoio prestado ao Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>17099</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17099/moc_219.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17099/moc_219.pdf</t>
   </si>
   <si>
     <t>De AGRADECIMENTO ao Depósito de Bebidas Asa Delta, pelo apoio prestado ao Encontro de Companhias de Reis de Mococa e Região.</t>
   </si>
   <si>
     <t>17100</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17100/moc_220.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17100/moc_220.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à Sociedade Esportiva Palmeiras, pela conquista da Copa Libertadores da América 2021.</t>
   </si>
   <si>
     <t>17101</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17101/moc_221.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17101/moc_221.pdf</t>
   </si>
   <si>
     <t>De CONGRATULAÇÕES à fisiculturista Giovanna Favero, pela dupla conquista no Evento MUSCLECONTEST Brasil 2021.</t>
   </si>
   <si>
     <t>17102</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17102/moc_222.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17102/moc_222.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS e RECONHECIMENTO ao Dr. Jayme Alves Junior, pela excelência dos serviços prestados ao Município de Mococa.</t>
   </si>
   <si>
     <t>17133</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Clayton Divino Boch, Nilton Cesar Greghi, Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17133/moc_223.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17133/moc_223.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS ao motorista legislativo desta Casa, o amigo Hércules Augusto Silva, pela excelência na prestação de serviços a esta vereança.</t>
   </si>
   <si>
     <t>17134</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17134/moc_224.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17134/moc_224.pdf</t>
   </si>
   <si>
     <t>De APLAUSOS à família Pereira, pelas conquistas para o esporte mocoquense.</t>
   </si>
   <si>
     <t>17135</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17135/moc_225.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17135/moc_225.pdf</t>
   </si>
   <si>
     <t>Moção de APOIO ao Projeto de Lei nº 2.564/2020, em tramitação no Senado Federal, que altera a Lei nº 7.498, de 25 de junho de 1986, para instituir o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
     <t>17136</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17136/moc_226.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17136/moc_226.pdf</t>
   </si>
   <si>
     <t>De profundo pesar pelo falecimento da Senhora  Rosa Clara Ribeiro da Silva.</t>
   </si>
   <si>
     <t>17137</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17137/moc_227.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17137/moc_227.pdf</t>
   </si>
   <si>
     <t>Moção de profundo pesar pelo falecimento do Sr. Antônio Carlos Garófalo.</t>
   </si>
   <si>
     <t>15829</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15829/balancete_novembro_2020.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15829/balancete_novembro_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFENTE AO MÊS DE NOVEMBRO DE 2020.</t>
   </si>
   <si>
     <t>15830</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15830/balancete_dezembro_2020_074804.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15830/balancete_dezembro_2020_074804.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFENTE AO MÊS DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>15831</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15831/balancete_janeiro_2021_074792.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15831/balancete_janeiro_2021_074792.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFENTE AO MÊS DE JANEIRO DE 2021.</t>
   </si>
   <si>
     <t>15832</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15832/balancete_fevereiro_2021_074767.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15832/balancete_fevereiro_2021_074767.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFENTE AO MÊS DE FEVEREIRO DE 2021.</t>
   </si>
   <si>
     <t>15833</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15833/balancete_marco_2021_074780.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15833/balancete_marco_2021_074780.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL, REFENTE AO MÊS DE MARÇO DE 2021.</t>
   </si>
   <si>
     <t>17074</t>
   </si>
   <si>
     <t>PCCCJ</t>
   </si>
   <si>
     <t>Parecer Contrário da CCJR</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17074/parecer_ccj_pl_004_de_2021.docx</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17074/parecer_ccj_pl_004_de_2021.docx</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO da Comissão de Constituição, Justiça e Redação do Projeto de Lei nº 004/2021, de autoria do Vereador Nilton César Greghi (Prof. Batata) – Dispõe sobre a responsabilidade da prefeitura municipal da disponibilização no site da prefeitura municipal, no diário oficial eletrônico e em paredes da farmácia do povo e nas unidades básicas de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>16721</t>
   </si>
   <si>
     <t>PARTC</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas de SP</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de São Paulo</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16721/parecer_tce_sp_contas_da_pref_mococa_2018.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16721/parecer_tce_sp_contas_da_pref_mococa_2018.pdf</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas do Estado de São Paulo referente às contas do exercício de 2018 da Prefeitura Municipal de Mococa.</t>
   </si>
   <si>
     <t>15592</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15592/projeto_de_decreto_legislativo_001_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15592/projeto_de_decreto_legislativo_001_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. CRISTIANE REGINA LOPES.</t>
   </si>
   <si>
     <t>15593</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15593/projeto_de_decreto_legislativo_002_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15593/projeto_de_decreto_legislativo_002_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. MARIA APARECIDA MILAN.</t>
   </si>
   <si>
     <t>15594</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15594/projeto_de_decreto_legislativo_003_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15594/projeto_de_decreto_legislativo_003_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. LUCIA HELENA DE ROQUE GOMES.</t>
   </si>
   <si>
     <t>15595</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15595/projeto_de_decreto_legislativo_004_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15595/projeto_de_decreto_legislativo_004_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. NELCI DE FÁTIMA DA SILVA RAMALHO.</t>
   </si>
   <si>
     <t>15596</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15596/projeto_de_decreto_legislativo_005_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15596/projeto_de_decreto_legislativo_005_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. APARECIDA DE JESUS LIMA.</t>
   </si>
   <si>
     <t>15597</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15597/projeto_de_decreto_legislativo_006_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15597/projeto_de_decreto_legislativo_006_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. DULCENEIDE GABRIEL CARRARO.</t>
   </si>
   <si>
     <t>15599</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15599/projeto_de_decreto_legislativo_007_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15599/projeto_de_decreto_legislativo_007_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. MARIANA APARECIDA DA SILVA.</t>
   </si>
   <si>
     <t>15600</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15600/projeto_de_decreto_legislativo_008_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15600/projeto_de_decreto_legislativo_008_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. MARIA ROSA DE SOUZA OLIVEIRA.</t>
   </si>
   <si>
     <t>15601</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15601/projeto_de_decreto_legislaivo_009_2021_certo.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15601/projeto_de_decreto_legislaivo_009_2021_certo.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. MARIA BATISTA DE MENDONÇA.</t>
   </si>
   <si>
     <t>15602</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15602/projeto_de_decreto_legislativo_010_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15602/projeto_de_decreto_legislativo_010_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. ZUMIRA BELUTTI MARTINS.</t>
   </si>
   <si>
     <t>15606</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/</t>
+    <t>http://sapl.mococa.sp.leg.br/media/</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. APARECIDA GONÇALVES DOS SANTOS.</t>
   </si>
   <si>
     <t>15607</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. BENEDITA SEBASTIANA SILVA FIGUEIREDO.</t>
   </si>
   <si>
     <t>15608</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. ELISABETE DE FÁTIMA RODRIGUES.</t>
   </si>
   <si>
     <t>15657</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. MARIA ELZA DE OLIVEIRA BIZARIO.</t>
   </si>
   <si>
     <t>15658</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15658/projeto_de_decreto_legislativo_015_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15658/projeto_de_decreto_legislativo_015_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER DE 2021 À SRA. ANDREIA DE SOUZA MARTINS.</t>
   </si>
   <si>
     <t>16348</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16348/projeto_de_decreto_legislativo_016_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16348/projeto_de_decreto_legislativo_016_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Renan Augusto de Carvalho.</t>
   </si>
   <si>
     <t>16349</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16349/projeto_de_decreto_legislativo_017_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16349/projeto_de_decreto_legislativo_017_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Américo Pereira Dias Filho.</t>
   </si>
   <si>
     <t>16350</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16350/projeto_de_decreto_legislativo_018_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16350/projeto_de_decreto_legislativo_018_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Renato Macedo Zeferino.</t>
   </si>
   <si>
     <t>16351</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16351/projeto_de_decreto_legislativo_019_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16351/projeto_de_decreto_legislativo_019_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Elvis Rafael Santos Jesuino.</t>
   </si>
   <si>
     <t>16352</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16352/projeto_de_decreto_legislativo_020_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16352/projeto_de_decreto_legislativo_020_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Dr. Luiz Nicanor Bettiol Junior.</t>
   </si>
   <si>
     <t>16353</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16353/projeto_de_decreto_legislativo_021_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16353/projeto_de_decreto_legislativo_021_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Elivelton da Conceição.</t>
   </si>
   <si>
     <t>16354</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16354/projeto_de_decreto_legislativo_022_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16354/projeto_de_decreto_legislativo_022_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Ismael Aparecido do Nascimento.</t>
   </si>
   <si>
     <t>16355</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16355/projeto_de_decreto_legislativo_023_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16355/projeto_de_decreto_legislativo_023_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Mocoquense à Sra. Renata Cadurin Siqueira Sobrinho.</t>
   </si>
   <si>
     <t>16356</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16356/projeto_de_decreto_legislativo_024_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16356/projeto_de_decreto_legislativo_024_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Daniel Baptista Prodocimo.</t>
   </si>
   <si>
     <t>16358</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16358/projeto_de_decreto_legislativo_025_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16358/projeto_de_decreto_legislativo_025_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Pedro Geraldo.</t>
   </si>
   <si>
     <t>16359</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16359/projeto_de_decreto_legislativo_026_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16359/projeto_de_decreto_legislativo_026_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. João Octaviano Rebouça.</t>
   </si>
   <si>
     <t>16360</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16360/projeto_de_decreto_legislativo_027_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16360/projeto_de_decreto_legislativo_027_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Sérgio Ricardo Lopes.</t>
   </si>
   <si>
     <t>16361</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16361/projeto_de_decreto_legislativo_028_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16361/projeto_de_decreto_legislativo_028_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Gumercindo Dal Bello.</t>
   </si>
   <si>
     <t>16362</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16362/projeto_de_decreto_legislativo_029_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16362/projeto_de_decreto_legislativo_029_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Mocoquense à Sra. Dra. Iby Fanny Bitencourt.</t>
   </si>
   <si>
     <t>16767</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16767/projeto_de_decreto_legislativo_30_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16767/projeto_de_decreto_legislativo_30_2021.pdf</t>
   </si>
   <si>
     <t>APROVA o parecer prévio desfavorável do Tribunal de Contas do Estado de São Paulo sobre as contas de Governo do exercício fiscal de 2018 do Município de Mococa - Processo TC-004544.989.18-9, nos termos do Parecer da Comissão de Orçamento, Finanças e Contabilidade da Câmara Municipal.</t>
   </si>
   <si>
     <t>16901</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16901/projeto_de_decreto_legislativo_031_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16901/projeto_de_decreto_legislativo_031_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Mário Luiz Gomes.</t>
   </si>
   <si>
     <t>16966</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16966/projeto_de_decreto_legislativo_032_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16966/projeto_de_decreto_legislativo_032_2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Ministro Tarcísio Gomes de Freitas.</t>
   </si>
   <si>
     <t>17007</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mocoquense ao Sr. Alexander Muniz de Oliveira, Deputado Alex de Madureira.</t>
   </si>
   <si>
     <t>15229</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15229/projeto_de_resolucao_01_2021_0000069876.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15229/projeto_de_resolucao_01_2021_0000069876.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO REGIMENTO INTERNO (RESOLUÇÃO N° 09/1992).</t>
   </si>
   <si>
     <t>15231</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15231/projeto_de_resolucao_02_2021_0000069958.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15231/projeto_de_resolucao_02_2021_0000069958.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA VEREADOR DE PLANTÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15372</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15372/projeto_de_resolucao_no_003-2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15372/projeto_de_resolucao_no_003-2021.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão de Assuntos Relevantes para revisão do Regimento Interno da Câmara Municipal de Mococa e elaboração do Código de Ética e Decoro Parlamentar.</t>
   </si>
   <si>
     <t>15788</t>
   </si>
   <si>
     <t>Thiago José Colpani, Paulo César Rodrigues dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15788/projeto_de__resolucao_004_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15788/projeto_de__resolucao_004_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DA FRENTE PARLAMENTAR EM DEFESA DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E DOENÇAS RARAS.</t>
   </si>
   <si>
     <t>15840</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15840/projeto_de__resolucao_005_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15840/projeto_de__resolucao_005_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA MUNICIPAL DE MOCOCA “SEMANA DO MEIO AMBIENTE SEMMEA”, PARA CONSCIENTIZAÇÃO E EDUCAÇÃO EM DEFESA DO MEIO AMBIENTE, A REALIZAR-SE ANUALMENTE NA PRIMEIRA SEMANA DO MÊS DE JUNHO.</t>
   </si>
   <si>
     <t>15841</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15841/projeto_de__resolucao_006_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15841/projeto_de__resolucao_006_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA MUNICIPAL DE MOCOCA A CAMPANHA PERMANENTE “MAIO VERMELHO MÊS DE PREVENÇÃO E COMBATE AO CÂNCER BUCAL”.</t>
   </si>
   <si>
     <t>16218</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16218/projeto_de_resolucao_07_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16218/projeto_de_resolucao_07_2021.pdf</t>
   </si>
   <si>
     <t>FIXA A RECEITA E ESTIMA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2022, NO ÂMBITO DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>16687</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16687/projeto_de_resolucao_008_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16687/projeto_de_resolucao_008_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das salas reservadas aos Vereadores no âmbito da Câmara Municipal de Mococa e dá outras providências.</t>
   </si>
   <si>
     <t>16688</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16688/projeto_de_resolucao_009_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16688/projeto_de_resolucao_009_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das transmissões de áudio, vídeo e imagem durante as sessões e Audiências Públicas da Câmara Municipal de Mococa, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>16851</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16851/projeto_de_resolucao_10_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16851/projeto_de_resolucao_10_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Frente de Defesa do Bem-Estar animal.</t>
   </si>
   <si>
     <t>16850</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16850/projeto_de_resolucao_11_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16850/projeto_de_resolucao_11_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do uso dos veículos oficiais pertencentes à Câmara Municipal de Mococa, por parte dos Vereadores, Funcionários e para Representação Oficial e dá providências correlatas.</t>
   </si>
   <si>
     <t>16149</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16149/proposta_de_emenda_a_lei_organica_do_municipio_de_mococa_n_001_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16149/proposta_de_emenda_a_lei_organica_do_municipio_de_mococa_n_001_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORGÂNICA DO MUNICÍPIO DE MOCOCA PARA SUPRIMIR INCISO XIII, ART 8°.</t>
   </si>
   <si>
     <t>16357</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, José Antônio de Sousa, Luís Fernando dos Santos, Nilton Cesar Greghi, Paulo Sérgio Miquelin, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16357/proposta_de_emenda_a_lei_organica_001_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16357/proposta_de_emenda_a_lei_organica_001_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 14 DA LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>16766</t>
   </si>
   <si>
     <t>Adriana Batista da Silva, Adriana Perianez Ruiz, Brasilino Antônio de Moraes, Clayton Divino Boch, Guilherme, José Antônio de Sousa, José Roberto Pereira, Luís Fernando dos Santos, Paulo César Rodrigues dos Santos, Priscila Gonçalves, Roseli Aparecida Faustino Batistuti, Thiago José Colpani</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16766/proposta_de_emenda_a_lei_organica_003_2021.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16766/proposta_de_emenda_a_lei_organica_003_2021.pdf</t>
   </si>
   <si>
     <t>Altera o § 1° e § 4° do art. 139-A da Lei Orgânica do Município de Mococa.</t>
   </si>
   <si>
     <t>15423</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requerimento retirado pelo autor.</t>
   </si>
   <si>
     <t>16198</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>Retirado pelo autor.</t>
   </si>
   <si>
     <t>16981</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16981/req_843.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16981/req_843.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações acerca das condições de tráfego das vias do bairro Pôr do Sol e adoção de medidas pertinentes.</t>
   </si>
   <si>
     <t>16982</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16982/req_844.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16982/req_844.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo manutenção no sistema de refrigeração de bebedouro de água instalado na entrada do Centro de Saúde "Dr. José Paione".</t>
   </si>
   <si>
     <t>16983</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16983/req_845.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16983/req_845.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo a implantação de vaga exclusiva para idosos no estacionamento do Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>16984</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16984/req_846.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16984/req_846.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Exmo. Sr. Prefeito Municipal acerca da possibilidade de implementar reforma e revitalização dos banheiros da Praça da Cidadania.</t>
   </si>
   <si>
     <t>16985</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16985/req_847.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16985/req_847.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Sr. Prefeito Municipal com relação aos critérios que estão sendo utilizados para instalação de ambulantes na cidade? 1) Há fiscalização? 2) Há normatização? 3) Há controle de qualidade dos produtos alimentícios?</t>
   </si>
   <si>
     <t>15371</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Eduardo Ribeiro Barison</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15371/veto_no_01-2021_veto_parcial_ao_plc_no_002-2021_reurb.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15371/veto_no_01-2021_veto_parcial_ao_plc_no_002-2021_reurb.pdf</t>
   </si>
   <si>
     <t>Veto Parcial aposto ao Projeto de Lei Complementar nº 002/2021.</t>
   </si>
   <si>
     <t>15548</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15548/denuncia_nilton_cesar_greghi.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15548/denuncia_nilton_cesar_greghi.pdf</t>
   </si>
   <si>
     <t>Denúncia contra Vereador Nilton César Greghi.</t>
   </si>
   <si>
     <t>15549</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15549/denuncia_contra_3_vereadores.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15549/denuncia_contra_3_vereadores.pdf</t>
   </si>
   <si>
     <t>Denúncia contra os vereadores Nilton César Greghi (professor Batata), Luís Fernando dos Santos (Tidi Thai) e Thiago José Colpani.</t>
   </si>
   <si>
     <t>15661</t>
   </si>
   <si>
     <t>PAI</t>
   </si>
   <si>
     <t>Pedido de Acesso à Informação</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15661/pedido_de_informacao_copia_das_atas.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15661/pedido_de_informacao_copia_das_atas.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES AO CIDADÃO AGNALDO ESTEVES SERAFIM, SOLICITAÇÃO DE CÓPIAS DE ATAS.</t>
   </si>
   <si>
     <t>15662</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15662/pedido_de_informacao_18_legislatura.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15662/pedido_de_informacao_18_legislatura.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO DE ANTONIO DA SILVA SOBRE 18° LEGISLATURA.</t>
   </si>
   <si>
     <t>15663</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15663/pedido_de_informacao_copias_de_leis_municipais.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15663/pedido_de_informacao_copias_de_leis_municipais.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO DE DR. MARCELO SPERANDIO FELIPE, PARA PRESIDENTE ELISÂNGELA SOBRE CÓPIAS DE LEIS MUNICIPAIS.</t>
   </si>
   <si>
     <t>15664</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15664/pedido_de_informacao_maria_edna.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15664/pedido_de_informacao_maria_edna.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO DO DEPARTAMENTO JURÍDICULO, SOBRE DOCUMENTOS DE MARIA EDNA.</t>
   </si>
   <si>
     <t>16768</t>
   </si>
   <si>
     <t>QUESI</t>
   </si>
   <si>
     <t>Quesito - dosimetria</t>
   </si>
   <si>
     <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16768/edicao-153.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16768/edicao-153.pdf</t>
   </si>
   <si>
     <t>Quesito nº 1: O Ex-Prefeito Wanderley Fernandes Martins Júnior com exercício efetivo no cargo de Prefeito do Município de Mococa/SP no Período de 01/01/2018 a 23/04/2018 e de 08/05/2018 a 01/10/20218, tem responsabilidade pela tomada de contas do ano de 2018 do Município de Mococa, objeto do TC-004544.989.18-9?</t>
   </si>
   <si>
     <t>16769</t>
   </si>
   <si>
-    <t>https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16769/edicao-153.pdf</t>
+    <t>http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16769/edicao-153.pdf</t>
   </si>
   <si>
     <t>Quesito nº 2: O Ex-Prefeito Felipe Niero Naufel com exercício efetivo no cargo de Prefeito do Município de Mococa/SP no Período de 24/04/2018 a 07/05/2018 e 01/10/2018 a 31/12/2018, tem responsabilidade pela tomada de contas do ano de 2018 do Município de Mococa, objeto do TC-004544.989.18-9?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4348,68 +4348,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17049/emenda_impositiva_n_25_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17052/emenda_impositiva_n_26_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17053/emenda_impositiva_n_27_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17055/emenda_impositiva_n_28_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17056/emenda_impositiva_n_29_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17058/emenda_impositiva_n_30_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17060/emenda_impositiva_n_31_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17061/emenda_impositiva_n_32_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17063/emenda_impositiva_n_33_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17064/emenda_impositiva_n_34_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17065/emenda_impositiva_n_35_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17066/emenda_impositiva_n_36_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17068/emenda_impositiva_n_37_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17070/emenda_impositiva_n_38_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17072/emenda_impositiva_n_39_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17073/emenda_impositiva_n_40_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17022/emenda_impositiva_n_41_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17023/emenda_impositiva_n_42_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17025/emenda_impositiva_n_43_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17027/emenda_impositiva_n_44_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17028/emenda_impositiva_n_45_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17031/emenda_impositiva_n_46_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17033/emenda_impositiva_n_47_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17035/emenda_impositiva_n_48_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17036/emenda_impositiva_n_49_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17037/emenda_impositiva_n_50_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17039/emenda_impositiva_n_51_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17041/emenda_impositiva_n_52_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17043/emenda_impositiva_n_53_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17044/emenda_impositiva_n_54_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17045/emenda_impositiva_n_55_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17047/emenda_impositiva_n_56_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17048/emenda_impositiva_n_57_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17050/emenda_impositiva_n_58_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17051/emenda_impositiva_n_59_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17054/emenda_impositiva_n_60_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17057/emenda_impositiva_n_61_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17059/emenda_impositiva_n_62_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17062/emenda_modificativa_n_01_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17067/emenda_modificativa_n_02_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17069/emenda_modificativa_n_03_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17071/emenda_modificativa_n_04_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16535/ind_426.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15086/moc_01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15087/moc_02.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15088/moc._03.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15089/moc_05.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15155/moc_05.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15156/moc_06.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15157/moc_07.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15158/moc_08.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15159/moc_09.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15160/moc_10.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15161/moc_11.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15162/moc_12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15163/moc_13.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15164/moc_14.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15165/moc_15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15166/moc_16.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15167/moc_17.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15168/moc_18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15169/moc_19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15221/moc_20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15222/moc_21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15223/moc_22.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15224/moc_23.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15225/moc_24.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15226/moc_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15269/moc_26.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15270/moc_27-.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15271/moc_28-.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15272/moc_29-.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15273/moc_30-.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15274/moc_31-.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15275/moc_32-.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15276/moc_33-.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15330/moc_34.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15331/moc_35.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15369/moc_36.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15370/moc_37.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15391/moc_38.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15450/moc_39.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15451/moc_40.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15452/moc_41.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15509/moc_42.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15510/moc_43.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15511/moc_44.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15512/moc_45.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15513/moc_46.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15514/moc_47.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15543/moc_48.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15544/moc_49.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15545/moc_50.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15546/moc_51.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15584/moc_52.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15585/moc_53.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15586/moc_54.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15587/moc_55.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15588/moc_56.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15589/moc_57.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15590/moc_58.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15591/moc_59.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15656/moc_60.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15710/moc_61.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15711/moc_62.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15712/moc_63.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15781/moc_64.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15782/moc_65.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15783/moc_66.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15784/moc_67.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15785/moc_68.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15786/moc_69.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15826/moc_70.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15827/moc_71.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15828/moc_72.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15866/moc_73.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15867/moc_74.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15868/moc_75.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15869/moc_76.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15870/moc_77.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15871/moc_78.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15872/moc_79.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15873/moc_80.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15874/moc_81.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15875/moc_82.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15876/moc_83.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15877/moc_84.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15905/moc_85.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15906/moc_86.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15907/moc_87.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15908/moc_88.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15944/moc_89.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15945/moc_90.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15946/moc_91.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15947/moc_92.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15948/moc_93.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15949/moc_94.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15975/moc_95.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15976/moc_96.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15977/moc_97.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15978/moc_98.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15979/moc_99.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15980/moc_100.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16021/moc_101.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16022/moc_102.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16023/moc_103.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16024/moc_104.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16025/moc_105.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16078/moc_106.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16079/moc_107.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16080/moc_108.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16081/moc_109.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16082/moc_110.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16083/moc_111.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16084/moc_112.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16085/moc_113.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16086/moc_114.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16116/moc_115.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16117/moc_116.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16118/moc_117.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16119/moc_118.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16120/moc_119.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16121/moc_120.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16122/moc_121.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16123/moc_122.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16124/moc_123.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16125/moc_124.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16126/moc_125.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16127/moc_126.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16128/moc_127.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16171/moc_128.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16172/moc_129.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16213/moc_130.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16260/moc_131.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16261/moc_132.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16262/moc_133.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16263/moc_134.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16264/moc_135.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16302/moc_136.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16303/moc_137.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16335/moc_138.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16336/moc_139.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16337/moc_140.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16338/moc_141_019369.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16339/moc_142.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16340/moc_143.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16341/moc_144.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16342/moc_145.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16343/moc_146.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16344/moc_147.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16345/moc_148.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16346/moc_149.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16347/moc_150.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16398/moc_151.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16399/moc_152.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16400/moc_153.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16401/moc_154.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16402/moc_155.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16403/moc_156.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16404/moc_157.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16405/moc_158.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16406/moc_159.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16426/moc_160.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16427/moc_161.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16428/moc_162.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16429/moc_163.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16430/moc_164.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16431/moc_165.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16432/moc_166.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16433/moc_167.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16464/moc_168.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16465/moc_169.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16466/moc_170.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16467/moc_171.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16468/moc_172.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16469/moc_173.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16470/moc_174.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16471/moc_175.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16472/moc_176.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16473/moc_177.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16508/moc_178.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16509/moc_179.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16510/moc_180.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16511/moc_181.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16546/moc_182.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16547/moc_183.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16548/moc_184.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16549/moc_185.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16550/moc_186.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16551/moc_187.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16575/moc_188.2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16576/moc_189.2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16577/moc_190.2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16578/moc_191.2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16799/moc_192.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16800/moc_193.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16801/moc_194.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16802/moc_195.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16803/moc_196.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16804/moc_197.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16844/moc_198.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16845/moc_199.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16895/moc_200.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16931/moc_201.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16932/moc_202.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16933/moc_203.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16960/moc_204.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16961/moc_205.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16962/moc_206.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16963/moc_207.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16964/moc_208.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17001/moc_209.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17002/moc_210.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17003/moc_211.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17004/moc_212.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17005/moc_213.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17094/moc_214.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17095/moc_215.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17096/moc_216.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17097/moc_217.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17098/moc_218.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17099/moc_219.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17100/moc_220.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17101/moc_221.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17102/moc_222.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17133/moc_223.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17134/moc_224.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17135/moc_225.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17136/moc_226.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17137/moc_227.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15829/balancete_novembro_2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15830/balancete_dezembro_2020_074804.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15831/balancete_janeiro_2021_074792.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15832/balancete_fevereiro_2021_074767.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15833/balancete_marco_2021_074780.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17074/parecer_ccj_pl_004_de_2021.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16721/parecer_tce_sp_contas_da_pref_mococa_2018.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15592/projeto_de_decreto_legislativo_001_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15593/projeto_de_decreto_legislativo_002_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15594/projeto_de_decreto_legislativo_003_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15595/projeto_de_decreto_legislativo_004_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15596/projeto_de_decreto_legislativo_005_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15597/projeto_de_decreto_legislativo_006_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15599/projeto_de_decreto_legislativo_007_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15600/projeto_de_decreto_legislativo_008_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15601/projeto_de_decreto_legislaivo_009_2021_certo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15602/projeto_de_decreto_legislativo_010_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15658/projeto_de_decreto_legislativo_015_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16348/projeto_de_decreto_legislativo_016_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16349/projeto_de_decreto_legislativo_017_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16350/projeto_de_decreto_legislativo_018_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16351/projeto_de_decreto_legislativo_019_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16352/projeto_de_decreto_legislativo_020_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16353/projeto_de_decreto_legislativo_021_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16354/projeto_de_decreto_legislativo_022_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16355/projeto_de_decreto_legislativo_023_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16356/projeto_de_decreto_legislativo_024_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16358/projeto_de_decreto_legislativo_025_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16359/projeto_de_decreto_legislativo_026_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16360/projeto_de_decreto_legislativo_027_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16361/projeto_de_decreto_legislativo_028_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16362/projeto_de_decreto_legislativo_029_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16767/projeto_de_decreto_legislativo_30_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16901/projeto_de_decreto_legislativo_031_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16966/projeto_de_decreto_legislativo_032_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15229/projeto_de_resolucao_01_2021_0000069876.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15231/projeto_de_resolucao_02_2021_0000069958.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15372/projeto_de_resolucao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15788/projeto_de__resolucao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15840/projeto_de__resolucao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15841/projeto_de__resolucao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16218/projeto_de_resolucao_07_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16687/projeto_de_resolucao_008_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16688/projeto_de_resolucao_009_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16851/projeto_de_resolucao_10_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16850/projeto_de_resolucao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16149/proposta_de_emenda_a_lei_organica_do_municipio_de_mococa_n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16357/proposta_de_emenda_a_lei_organica_001_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16766/proposta_de_emenda_a_lei_organica_003_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16981/req_843.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16982/req_844.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16983/req_845.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16984/req_846.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16985/req_847.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15371/veto_no_01-2021_veto_parcial_ao_plc_no_002-2021_reurb.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15548/denuncia_nilton_cesar_greghi.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15549/denuncia_contra_3_vereadores.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15661/pedido_de_informacao_copia_das_atas.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15662/pedido_de_informacao_18_legislatura.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15663/pedido_de_informacao_copias_de_leis_municipais.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15664/pedido_de_informacao_maria_edna.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16768/edicao-153.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16769/edicao-153.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17049/emenda_impositiva_n_25_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17052/emenda_impositiva_n_26_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17053/emenda_impositiva_n_27_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17055/emenda_impositiva_n_28_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17056/emenda_impositiva_n_29_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17058/emenda_impositiva_n_30_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17060/emenda_impositiva_n_31_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17061/emenda_impositiva_n_32_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17063/emenda_impositiva_n_33_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17064/emenda_impositiva_n_34_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17065/emenda_impositiva_n_35_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17066/emenda_impositiva_n_36_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17068/emenda_impositiva_n_37_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17070/emenda_impositiva_n_38_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17072/emenda_impositiva_n_39_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17073/emenda_impositiva_n_40_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17022/emenda_impositiva_n_41_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17023/emenda_impositiva_n_42_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17025/emenda_impositiva_n_43_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17027/emenda_impositiva_n_44_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17028/emenda_impositiva_n_45_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17031/emenda_impositiva_n_46_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17033/emenda_impositiva_n_47_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17035/emenda_impositiva_n_48_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17036/emenda_impositiva_n_49_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17037/emenda_impositiva_n_50_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17039/emenda_impositiva_n_51_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17041/emenda_impositiva_n_52_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17043/emenda_impositiva_n_53_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17044/emenda_impositiva_n_54_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17045/emenda_impositiva_n_55_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17047/emenda_impositiva_n_56_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17048/emenda_impositiva_n_57_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17050/emenda_impositiva_n_58_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17051/emenda_impositiva_n_59_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17054/emenda_impositiva_n_60_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17057/emenda_impositiva_n_61_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17059/emenda_impositiva_n_62_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17062/emenda_modificativa_n_01_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17067/emenda_modificativa_n_02_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17069/emenda_modificativa_n_03_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17071/emenda_modificativa_n_04_2021_ao_plo_n_108_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16535/ind_426.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15086/moc_01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15087/moc_02.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15088/moc._03.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15089/moc_05.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15155/moc_05.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15156/moc_06.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15157/moc_07.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15158/moc_08.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15159/moc_09.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15160/moc_10.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15161/moc_11.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15162/moc_12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15163/moc_13.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15164/moc_14.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15165/moc_15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15166/moc_16.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15167/moc_17.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15168/moc_18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15169/moc_19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15221/moc_20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15222/moc_21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15223/moc_22.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15224/moc_23.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15225/moc_24.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15226/moc_25.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15269/moc_26.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15270/moc_27-.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15271/moc_28-.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15272/moc_29-.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15273/moc_30-.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15274/moc_31-.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15275/moc_32-.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15276/moc_33-.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15330/moc_34.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15331/moc_35.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15369/moc_36.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15370/moc_37.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15391/moc_38.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15450/moc_39.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15451/moc_40.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15452/moc_41.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15509/moc_42.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15510/moc_43.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15511/moc_44.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15512/moc_45.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15513/moc_46.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15514/moc_47.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15543/moc_48.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15544/moc_49.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15545/moc_50.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15546/moc_51.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15584/moc_52.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15585/moc_53.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15586/moc_54.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15587/moc_55.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15588/moc_56.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15589/moc_57.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15590/moc_58.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15591/moc_59.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15656/moc_60.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15710/moc_61.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15711/moc_62.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15712/moc_63.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15781/moc_64.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15782/moc_65.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15783/moc_66.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15784/moc_67.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15785/moc_68.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15786/moc_69.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15826/moc_70.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15827/moc_71.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15828/moc_72.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15866/moc_73.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15867/moc_74.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15868/moc_75.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15869/moc_76.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15870/moc_77.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15871/moc_78.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15872/moc_79.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15873/moc_80.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15874/moc_81.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15875/moc_82.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15876/moc_83.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15877/moc_84.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15905/moc_85.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15906/moc_86.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15907/moc_87.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15908/moc_88.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15944/moc_89.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15945/moc_90.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15946/moc_91.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15947/moc_92.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15948/moc_93.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15949/moc_94.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15975/moc_95.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15976/moc_96.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15977/moc_97.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15978/moc_98.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15979/moc_99.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15980/moc_100.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16021/moc_101.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16022/moc_102.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16023/moc_103.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16024/moc_104.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16025/moc_105.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16078/moc_106.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16079/moc_107.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16080/moc_108.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16081/moc_109.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16082/moc_110.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16083/moc_111.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16084/moc_112.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16085/moc_113.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16086/moc_114.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16116/moc_115.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16117/moc_116.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16118/moc_117.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16119/moc_118.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16120/moc_119.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16121/moc_120.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16122/moc_121.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16123/moc_122.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16124/moc_123.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16125/moc_124.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16126/moc_125.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16127/moc_126.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16128/moc_127.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16171/moc_128.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16172/moc_129.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16213/moc_130.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16260/moc_131.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16261/moc_132.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16262/moc_133.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16263/moc_134.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16264/moc_135.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16302/moc_136.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16303/moc_137.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16335/moc_138.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16336/moc_139.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16337/moc_140.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16338/moc_141_019369.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16339/moc_142.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16340/moc_143.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16341/moc_144.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16342/moc_145.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16343/moc_146.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16344/moc_147.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16345/moc_148.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16346/moc_149.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16347/moc_150.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16398/moc_151.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16399/moc_152.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16400/moc_153.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16401/moc_154.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16402/moc_155.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16403/moc_156.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16404/moc_157.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16405/moc_158.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16406/moc_159.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16426/moc_160.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16427/moc_161.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16428/moc_162.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16429/moc_163.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16430/moc_164.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16431/moc_165.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16432/moc_166.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16433/moc_167.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16464/moc_168.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16465/moc_169.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16466/moc_170.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16467/moc_171.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16468/moc_172.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16469/moc_173.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16470/moc_174.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16471/moc_175.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16472/moc_176.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16473/moc_177.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16508/moc_178.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16509/moc_179.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16510/moc_180.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16511/moc_181.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16546/moc_182.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16547/moc_183.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16548/moc_184.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16549/moc_185.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16550/moc_186.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16551/moc_187.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16575/moc_188.2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16576/moc_189.2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16577/moc_190.2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16578/moc_191.2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16799/moc_192.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16800/moc_193.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16801/moc_194.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16802/moc_195.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16803/moc_196.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16804/moc_197.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16844/moc_198.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16845/moc_199.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16895/moc_200.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16931/moc_201.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16932/moc_202.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16933/moc_203.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16960/moc_204.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16961/moc_205.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16962/moc_206.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16963/moc_207.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16964/moc_208.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17001/moc_209.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17002/moc_210.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17003/moc_211.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17004/moc_212.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17005/moc_213.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17094/moc_214.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17095/moc_215.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17096/moc_216.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17097/moc_217.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17098/moc_218.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17099/moc_219.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17100/moc_220.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17101/moc_221.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17102/moc_222.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17133/moc_223.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17134/moc_224.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17135/moc_225.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17136/moc_226.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17137/moc_227.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15829/balancete_novembro_2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15830/balancete_dezembro_2020_074804.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15831/balancete_janeiro_2021_074792.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15832/balancete_fevereiro_2021_074767.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15833/balancete_marco_2021_074780.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/17074/parecer_ccj_pl_004_de_2021.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16721/parecer_tce_sp_contas_da_pref_mococa_2018.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15592/projeto_de_decreto_legislativo_001_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15593/projeto_de_decreto_legislativo_002_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15594/projeto_de_decreto_legislativo_003_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15595/projeto_de_decreto_legislativo_004_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15596/projeto_de_decreto_legislativo_005_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15597/projeto_de_decreto_legislativo_006_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15599/projeto_de_decreto_legislativo_007_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15600/projeto_de_decreto_legislativo_008_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15601/projeto_de_decreto_legislaivo_009_2021_certo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15602/projeto_de_decreto_legislativo_010_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15658/projeto_de_decreto_legislativo_015_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16348/projeto_de_decreto_legislativo_016_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16349/projeto_de_decreto_legislativo_017_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16350/projeto_de_decreto_legislativo_018_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16351/projeto_de_decreto_legislativo_019_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16352/projeto_de_decreto_legislativo_020_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16353/projeto_de_decreto_legislativo_021_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16354/projeto_de_decreto_legislativo_022_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16355/projeto_de_decreto_legislativo_023_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16356/projeto_de_decreto_legislativo_024_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16358/projeto_de_decreto_legislativo_025_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16359/projeto_de_decreto_legislativo_026_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16360/projeto_de_decreto_legislativo_027_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16361/projeto_de_decreto_legislativo_028_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16362/projeto_de_decreto_legislativo_029_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16767/projeto_de_decreto_legislativo_30_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16901/projeto_de_decreto_legislativo_031_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16966/projeto_de_decreto_legislativo_032_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15229/projeto_de_resolucao_01_2021_0000069876.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15231/projeto_de_resolucao_02_2021_0000069958.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15372/projeto_de_resolucao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15788/projeto_de__resolucao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15840/projeto_de__resolucao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15841/projeto_de__resolucao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16218/projeto_de_resolucao_07_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16687/projeto_de_resolucao_008_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16688/projeto_de_resolucao_009_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16851/projeto_de_resolucao_10_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16850/projeto_de_resolucao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16149/proposta_de_emenda_a_lei_organica_do_municipio_de_mococa_n_001_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16357/proposta_de_emenda_a_lei_organica_001_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16766/proposta_de_emenda_a_lei_organica_003_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16981/req_843.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16982/req_844.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16983/req_845.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16984/req_846.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16985/req_847.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15371/veto_no_01-2021_veto_parcial_ao_plc_no_002-2021_reurb.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15548/denuncia_nilton_cesar_greghi.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15549/denuncia_contra_3_vereadores.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15661/pedido_de_informacao_copia_das_atas.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15662/pedido_de_informacao_18_legislatura.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15663/pedido_de_informacao_copias_de_leis_municipais.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/15664/pedido_de_informacao_maria_edna.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16768/edicao-153.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mococa.sp.leg.br/media/sapl/public/materialegislativa/2021/16769/edicao-153.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H341"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>